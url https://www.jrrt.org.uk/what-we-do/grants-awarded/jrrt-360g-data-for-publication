--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\360 Degree Giving\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD1908A0-0946-46F6-91DF-6ED348D28E04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD58339D-768B-46F0-AC1A-1C8F7E52B03D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="JRRT" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">JRRT!$A$1:$R$179</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5003" uniqueCount="2043">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5212" uniqueCount="2122">
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Recipient Org: Name</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Amount awarded</t>
   </si>
   <si>
     <t>Award date</t>
   </si>
   <si>
     <t>Planned Dates: Start Date</t>
   </si>
   <si>
@@ -3918,53 +3918,50 @@
   <si>
     <t>to the end of October 2021 to sustain their campaigning infrastructure on an interim basis</t>
   </si>
   <si>
     <t>360G-JRRT-1891-4054</t>
   </si>
   <si>
     <t xml:space="preserve">Campaign for Labour Federalism </t>
   </si>
   <si>
     <t>to establish the position of key Labour stakeholders on Federalism</t>
   </si>
   <si>
     <t xml:space="preserve">to extend UK Democracy Fund project to increase the democratic participation of young people in PCC, Mayoral and local elections taking place in May (see 360G-JRRT-1933-3933) COVID extension </t>
   </si>
   <si>
     <t>Using community organising to drive voter registration (Project Extension)</t>
   </si>
   <si>
     <t>360G-JRRT-1993-4074</t>
   </si>
   <si>
     <t>Sortition Foundation</t>
   </si>
   <si>
-    <t>Fair Vote UK</t>
-[...1 lines deleted...]
-  <si>
     <t>Migrants’ Rights Network</t>
   </si>
   <si>
     <t>Refugee, Asylum &amp; Migration Policy Project (RAMP)</t>
   </si>
   <si>
     <t>360G-JRRT-2127-4069</t>
   </si>
   <si>
     <t>360G-JRRT-2017-4070</t>
   </si>
   <si>
     <t>360G-JRRT-2037-4065</t>
   </si>
   <si>
     <t>360G-JRRT-2126-4068</t>
   </si>
   <si>
     <t>Women's Equality Network (WEN) Wales</t>
   </si>
   <si>
     <t>360G-JRRT-811-4059</t>
   </si>
   <si>
     <t>360G-JRRT-2124-4066</t>
@@ -5445,53 +5442,50 @@
   <si>
     <t>for their “Operation Traveller Vote" campaign, which aims to significantly increase voter registration among Romani (Gypsy), Roma and Irish Travellers in anticipation of the 2024 local and general elections</t>
   </si>
   <si>
     <t>Digital organising to drive student voter registrations</t>
   </si>
   <si>
     <t>for a pilot to test digital organising to register 1,500 eligible but unregistered students, to motivate them to register to vote ahead of the next General Election and ultimately, to mobilise them to vote on election day</t>
   </si>
   <si>
     <t>GB-COH-09634153</t>
   </si>
   <si>
     <t>https://forwardaction.uk</t>
   </si>
   <si>
     <t>Ferret Media</t>
   </si>
   <si>
     <t>Hillsborough Law Now</t>
   </si>
   <si>
     <t>Involve (Democracy Network)</t>
   </si>
   <si>
-    <t xml:space="preserve">Watchdog </t>
-[...1 lines deleted...]
-  <si>
     <t>360G-JRRT-2336-4297</t>
   </si>
   <si>
     <t>360G-JRRT-2345-4295</t>
   </si>
   <si>
     <t>360G-JRRT-2356-4306</t>
   </si>
   <si>
     <t>360G-JRRT-2089-4304</t>
   </si>
   <si>
     <t>360G-JRRT-2159-4302</t>
   </si>
   <si>
     <t>360G-JRRT-811-4294</t>
   </si>
   <si>
     <t>360G-JRRT-2359-4309</t>
   </si>
   <si>
     <t>360G-JRRT-1818-4296</t>
   </si>
   <si>
     <t>360G-JRRT-1899-4311</t>
@@ -6163,50 +6157,293 @@
     <t>360G-JRRT-2345-4405</t>
   </si>
   <si>
     <t>360G-JRRT-2240-4403</t>
   </si>
   <si>
     <t>360G-JRRT-2089-4402</t>
   </si>
   <si>
     <t>to host an event in Parliament, and complete subsequent follow-up with MPs, focused on countering threats to the democratic right to protest</t>
   </si>
   <si>
     <t>to continue developing their Our Home Our Vote campaign and to persuade the Government to extend the right to vote to all residents</t>
   </si>
   <si>
     <t>to investigate how targeted disinformation campaigns threaten to undermine the democratic process in Scotland, and chart how these campaigns are focussing on issues surrounding marginalised groups who are often excluded from civil participation</t>
   </si>
   <si>
     <t>to continue hosting the Democracy Network from 1 August to 31 October</t>
   </si>
   <si>
     <t>to maximise the potential of the Elections Bill and other government activity to increase voter registration rates among private renters</t>
   </si>
   <si>
     <t>for a campaign to defend rights to local political campaigning and free speech in public spaces</t>
+  </si>
+  <si>
+    <t>Full Fact</t>
+  </si>
+  <si>
+    <t>Alliance Party</t>
+  </si>
+  <si>
+    <t>Spotlight on Corruption</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transparency International </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowntree Society </t>
+  </si>
+  <si>
+    <t>Centre for Finance and Security at the Royal United Services Institute</t>
+  </si>
+  <si>
+    <t>An understanding of legal risks in relation to S12 cases</t>
+  </si>
+  <si>
+    <t>Empowering Underrepresented Ethnic Minority Voters in Wales</t>
+  </si>
+  <si>
+    <t>MLMS Advocacy 2026</t>
+  </si>
+  <si>
+    <t>#SeneddBound</t>
+  </si>
+  <si>
+    <t>Civil Society Coordination for the 2025 Elections Bill</t>
+  </si>
+  <si>
+    <t>for a project to understand legal risks in relation to S12 cases</t>
+  </si>
+  <si>
+    <t>to deliver a community-led voter engagement project in Cardiff and Newport to increase participation among minoritised and racialised communities, Commonwealth students, and other underrepresented voters, including those aged 16</t>
+  </si>
+  <si>
+    <t>for a programme of advocacy and mobilisation, which will pursue two interconnected objectives: securing the extension of the voting franchise to 16- and 17-year-olds, and increasing youth voter registration and turnout among 16 to 30-year-olds in the May 2026 devolved and local elections</t>
+  </si>
+  <si>
+    <t>to launch #SeneddBound, an impartial, Wales-wide digital initiative aimed at promoting voter registration amongst young people aged 16-35</t>
+  </si>
+  <si>
+    <t>to coordinate civil society response to the government’s upcoming Elections Bill</t>
+  </si>
+  <si>
+    <t>Full Fact: The Elections Bill</t>
+  </si>
+  <si>
+    <t>to support their work influencing the government’s Elections Bill, advocating for the inclusion of robust measures to address the joint challenges of mis- and disinformation in UK democracy and historically low levels of public trust in politics</t>
+  </si>
+  <si>
+    <t>Project 17</t>
+  </si>
+  <si>
+    <t>to influence the UK Elections Bill by demonstrating the breadth of public and political support for Proportional Representation</t>
+  </si>
+  <si>
+    <t>to deliver the UK’s first comprehensive investigation into the democratic risks of political donations made in cryptocurrency</t>
+  </si>
+  <si>
+    <t>The Blockchain Backdoor? Cryptocurrencies in UK Politics</t>
+  </si>
+  <si>
+    <t>Resisting the repression of protest</t>
+  </si>
+  <si>
+    <t>to support freedom of protest by enabling groups and communities to maintain their engagement in protest and sustain their campaigns in the face of rapidly intensifying repression; and in turn to strengthen the systemic pushback against repressive legislation</t>
+  </si>
+  <si>
+    <t>to campaign for stronger checks and balances in the regulation of UK political parties and their finances</t>
+  </si>
+  <si>
+    <t>Strengthening Democracy’s Defences</t>
+  </si>
+  <si>
+    <t>Rowntree Society core funding</t>
+  </si>
+  <si>
+    <t>to sustain their core work and deliver a new programme shaped by the Quaker and Liberal values that inspired the Rowntrees in their business, civic, educational and charitable work</t>
+  </si>
+  <si>
+    <t>360G-JRRT-248-4410</t>
+  </si>
+  <si>
+    <t>360G-JRRT-2179-4418</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1991-4426</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1981-4422</t>
+  </si>
+  <si>
+    <t>360G-JRRT-2037-4421</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1408-4416</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1936-4419</t>
+  </si>
+  <si>
+    <t>360G-JRRT-2469-4420</t>
+  </si>
+  <si>
+    <t>360G-JRRT-2247-4425</t>
+  </si>
+  <si>
+    <t>360G-JRRT-528-4424</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1945-4414</t>
+  </si>
+  <si>
+    <t>360G-JRRT-2154-4417</t>
+  </si>
+  <si>
+    <t>360G-JRRT-2359-4412</t>
+  </si>
+  <si>
+    <t>360G-JRRT-2476-4427</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1894-4413</t>
+  </si>
+  <si>
+    <t>Political rights - Freedom of expression and protest rights</t>
+  </si>
+  <si>
+    <t>https://bwaw.org.uk/</t>
+  </si>
+  <si>
+    <t>GB-COH-06975984</t>
+  </si>
+  <si>
+    <t>https://fullfact.org/</t>
+  </si>
+  <si>
+    <t>Disinformation</t>
+  </si>
+  <si>
+    <t>Checks and balances</t>
+  </si>
+  <si>
+    <t>GB-CHC-210639</t>
+  </si>
+  <si>
+    <t>https://www.rusi.org/explore-our-research/research-groups/centre-for-finance-and-security</t>
+  </si>
+  <si>
+    <t>Money in politics</t>
+  </si>
+  <si>
+    <t>GB-COH-12123483</t>
+  </si>
+  <si>
+    <t>https://www.spotlightcorruption.org/</t>
+  </si>
+  <si>
+    <t>GB-CHC-1105936</t>
+  </si>
+  <si>
+    <t>https://www.rowntreesociety.org.uk/</t>
+  </si>
+  <si>
+    <t>Tackling big money in British politics</t>
+  </si>
+  <si>
+    <t>to support a campaign to expose the failings of the UK’s political finance system and push for legislative reform through the forthcoming Elections Bill</t>
+  </si>
+  <si>
+    <t>Democracy for Sale (formerly The Watchdog)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Watchdog (latterly Democracy for Sale) </t>
+  </si>
+  <si>
+    <t>https://democracyforsale.substack.com</t>
+  </si>
+  <si>
+    <t>Building a Progressive Society – For Everyone</t>
+  </si>
+  <si>
+    <t>to support development and campaigning in Northern Ireland and to secure a strong liberal and centre-ground voice in Northern Ireland during a challenging context in the next elections expected in 2027</t>
+  </si>
+  <si>
+    <t>Strengthening Elections to Improve Democracy</t>
+  </si>
+  <si>
+    <t>to plan, observe and report on elections over the coming three years up to, and including, the next UK General Election</t>
+  </si>
+  <si>
+    <t>Addressing the Corrupting Influence of Big &amp; Dark Money in UK Politics</t>
+  </si>
+  <si>
+    <t>to address the corrupting influence of big and dark money in UK politics</t>
+  </si>
+  <si>
+    <t>GB-COH-2903386</t>
+  </si>
+  <si>
+    <t>https://www.transparency.org.uk/</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1649-4430</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1982-4429</t>
+  </si>
+  <si>
+    <t>to host and support the Democracy Network during a scoping and design phase that will lay the groundwork for a full three-year UK Democracy Network proposal</t>
+  </si>
+  <si>
+    <t>mySociety</t>
+  </si>
+  <si>
+    <t>Support for a Freedom of Information (FOI) Network</t>
+  </si>
+  <si>
+    <t>to strengthen freedom of information through creating a stronger civic campaign in defence of information rights, advocating by demonstration for their vital role in our democratic system</t>
+  </si>
+  <si>
+    <t>360G-JRRT-926-4431</t>
+  </si>
+  <si>
+    <t>https://www.mysociety.org/</t>
+  </si>
+  <si>
+    <t>GB-COH-03277032</t>
+  </si>
+  <si>
+    <t>360G-JRRT-1971-4432</t>
+  </si>
+  <si>
+    <t>Fundraising support</t>
+  </si>
+  <si>
+    <t>to support 50:50 Parliament's fundraising plans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="44" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="yyyy\-mm\-dd;@"/>
     <numFmt numFmtId="166" formatCode="&quot;£&quot;#,##0.00"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -6666,82 +6903,82 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.runnymedetrust.org/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binghamcentre.biicl.org/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newint.org/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timetoactivate.org/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://not1more.org/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuclearinfo.org/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justtreatment.org/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aldc.org/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://not1more.org/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globaljustice.org.uk/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coldtype.net/MediaNorth.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medact.org/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acorntheunion.org.uk/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anothereurope.org/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indexoncensorship.org/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourtogether.uk/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://campaigntogether.org/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legalaidteam.com/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scotlibdems.org.uk/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantsrights.org.uk/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weownit.org.uk/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anothereurope.org/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050ni.com/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swanlondon.org/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pomoc.org.uk/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://highpaycentre.org/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihaveavoice.org.uk/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jocoxfoundation.org/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moreunited.uk/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leedsforeurope.org/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binghamcentre.biicl.org/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourhomeourvote.co.uk/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.constitutionreformgroup.co.uk/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caat.org.uk/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://campaigntogether.org/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rightsandsecurity.org/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://voteforpolicies.org.uk/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnduk.org/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.patientlibrary.net/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonknowledge.coop/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.involve.org.uk/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spiked-online.com/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.counterhate.co.uk/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.politicsinaction.org/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bac.org.uk/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.politicsinaction.org/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050parliament.co.uk/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waspi.co.uk/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bac.org.uk/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://travellermovement.org.uk/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goodlawproject.org/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspireandsucceed.org/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.organise.org.uk/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theferret.scot/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drillordrop.com/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050parliament.co.uk/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scyj.org.uk/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wenwales.org.uk/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icdr.co.uk/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedsforchange.org.uk/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forceswatch.net/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wenwales.org.uk/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippr.org/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moreunited.org.uk/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shoutoutuk.org/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pomoc.org.uk/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ellabakerorganising.org.uk/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pomoc.org.uk/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neweconomyorganisers.org/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.onthenaughtystep.com/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.foxglove.org.uk/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.involve.org.uk/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blackequityorg.com/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://youthpolitics.org.uk/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://notbuyingit.org.uk/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skatecabal.com/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.extraordinaryrendition.org/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.breakthroughimpact.org/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forwardaction.uk/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.politicsinaction.org/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yorkshiredevolution.co.uk/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairvote.uk/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.byc.org.uk/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wenwales.org.uk/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.theparentsunion.uk/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dronewars.net/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consolidate.org.uk/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonknowledge.coop/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.electoral-reform.org.uk/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afterexploitation.com/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsf.org/en/reporters-without-borders-rsf-uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.taxjustice.uk/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://represent-us.uk/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://binghamcentre.biicl.org/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afterexploitation.com/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labourpeoplesvote.org/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wdlegal.co.uk/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bestforbritain.org/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jocoxfoundation.org/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scottishrefugeecouncil.org.uk/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goodlawproject.org/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shareaction.org/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://connectedbydata.org/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedisabilitypolicycentre.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labourpeoplesvote.org/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.futurehousing.org/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfoi.org.uk/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourdigital.co.uk/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.appgbanking.org.uk/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippr.org/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spiked-online.com/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acorntheunion.org.uk/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cantbuymysilence.com/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hillsboroughlawnow.org/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anothereurope.org/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://autonomy.work/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jsmi.org.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.patientlibrary.net/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcb.org.uk/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyclub.org.uk/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spinwatch.org/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://voteforpolicies.org.uk/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcvoteface.org.uk/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.impressorg.com/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consolidate.org.uk/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blackmentalhealth.org.uk/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labourcoastandcountry.org/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.redpepper.org.uk/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publicinterestnews.org.uk/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.redpepper.org.uk/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://connectedbydata.org/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hansardsociety.org.uk/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wbg.org.uk/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://energydemocracyproject.wordpress.com/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welshlibdems.wales/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.migrantsorganise.org/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairvote.uk/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afterexploitation.com/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fantasyfrontbench.com/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instituteforgovernment.org.uk/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://travellermovement.org.uk/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blackmentalhealth.org.uk/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hackinginquiry.org/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polimonitor.com/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4change-england.co.uk/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wecanwin.co.uk/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippr.org/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shoutoutuk.org/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://votingcounts.org.uk/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moreunited.uk/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.runnymedetrust.org/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://friendsoftheearth.uk/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blackmentalhealth.org.uk/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unitedresponse.org.uk/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://89up.org/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ofoc.co.uk/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quilliaminternational.com/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scottishbeacon.com/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tworidingscf.org.uk/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forceswatch.net/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purposeunion.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gmdcnd.com/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aldc.org/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aldc.org/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fawcettsociety.org.uk/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joe-mitchell.com/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.foxglove.org.uk/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.libertyhumanrights.org.uk/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.genewatch.org/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://campaigntogether.org/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpac.uk.net/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.compassonline.org.uk/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instituteforgovernment.org.uk/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://votingcounts.org.uk/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nyaw.org.uk/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stopfundingfakenews.com/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlock.org.uk/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.parliamentproject.co.uk/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporatewatch.org/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://againstrape.net/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.compassonline.org.uk/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impress.press/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rampproject.org/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ukgovernanceproject.co.uk/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairfundingforourkids.org/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantdemos.org.uk/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brightblue.org.uk/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blackequityorg.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.localis.org.uk/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://switchedonlondon.org.uk/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://futureadvocacy.com/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covidfamiliesforjustice.org/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.genewatch.org/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bgc.wales/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caribeats.org/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.breakthroughimpact.org/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantdemos.org.uk/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.parliamentproject.co.uk/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scyj.org.uk/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairvote.uk/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantdemos.org.uk/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lchr.org.uk/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britishineurope.org/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://centreforpublicdata.org/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.recoveringjustice.org.uk/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eyst.org.uk/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actnowni.org/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purposeunion.com/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.york.gov.uk/OneYorkshire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.compassonline.org.uk/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.counterhate.co.uk/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gingerbread.org.uk/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hatch-uk.org/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e3g.org/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timetoactivate.org/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lchr.org.uk/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourdigital.co.uk/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantsrights.org.uk/" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.involve.org.uk/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thebristolcable.org/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theferret.scot/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://energydemocracyproject.wordpress.com/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icdr.co.uk/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scottee.co.uk/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfoi.org.uk/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rightsandsecurity.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://represent-us.uk/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ntu.ac.uk/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shoutoutuk.org/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impress.press/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://89up.org/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vfyf.co.uk/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://representus.uk/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newint.org/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.urdd.cymru/en/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openmedia.org/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihaveavoice.org.uk/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.futurehousing.org/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihaveavoice.org.uk/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icdr.co.uk/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialchangelab.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globaljustice.org.uk/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impatienceltd.org/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fawcettsociety.org.uk/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcvoteface.org.uk/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.extraordinaryrendition.org/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedsforchange.org.uk/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thinkyorkshire.org/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.remain-labour.co.uk/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050parliament.co.uk/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sortitionfoundation.org/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.politicalskills.com/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.runnymedetrust.org/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binghamcentre.biicl.org/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newint.org/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timetoactivate.org/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://not1more.org/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuclearinfo.org/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justtreatment.org/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aldc.org/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://not1more.org/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globaljustice.org.uk/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coldtype.net/MediaNorth.html" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyclub.org.uk/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medact.org/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acorntheunion.org.uk/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anothereurope.org/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legalaidteam.com/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weownit.org.uk/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anothereurope.org/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050ni.com/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pomoc.org.uk/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://highpaycentre.org/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihaveavoice.org.uk/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedsforchange.org.uk/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jocoxfoundation.org/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mysociety.org/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moreunited.uk/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leedsforeurope.org/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.binghamcentre.biicl.org/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourhomeourvote.co.uk/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.constitutionreformgroup.co.uk/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caat.org.uk/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://campaigntogether.org/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rightsandsecurity.org/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://voteforpolicies.org.uk/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnduk.org/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.patientlibrary.net/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonknowledge.coop/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.involve.org.uk/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rowntreesociety.org.uk/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spiked-online.com/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.counterhate.co.uk/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.politicsinaction.org/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bac.org.uk/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.politicsinaction.org/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050parliament.co.uk/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waspi.co.uk/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bac.org.uk/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://travellermovement.org.uk/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goodlawproject.org/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspireandsucceed.org/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.organise.org.uk/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theferret.scot/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drillordrop.com/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050parliament.co.uk/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scyj.org.uk/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wenwales.org.uk/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icdr.co.uk/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seedsforchange.org.uk/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forceswatch.net/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wenwales.org.uk/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippr.org/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moreunited.org.uk/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shoutoutuk.org/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pomoc.org.uk/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ellabakerorganising.org.uk/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pomoc.org.uk/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neweconomyorganisers.org/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.onthenaughtystep.com/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.foxglove.org.uk/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.involve.org.uk/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blackequityorg.com/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://youthpolitics.org.uk/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://notbuyingit.org.uk/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skatecabal.com/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.extraordinaryrendition.org/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.breakthroughimpact.org/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forwardaction.uk/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.politicsinaction.org/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yorkshiredevolution.co.uk/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairvote.uk/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.byc.org.uk/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wenwales.org.uk/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.theparentsunion.uk/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dronewars.net/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consolidate.org.uk/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commonknowledge.coop/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.electoral-reform.org.uk/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afterexploitation.com/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsf.org/en/reporters-without-borders-rsf-uk" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shoutoutuk.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.taxjustice.uk/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://represent-us.uk/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://binghamcentre.biicl.org/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afterexploitation.com/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labourpeoplesvote.org/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wdlegal.co.uk/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bestforbritain.org/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transparency.org.uk/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jocoxfoundation.org/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scottishrefugeecouncil.org.uk/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goodlawproject.org/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shareaction.org/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://connectedbydata.org/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedisabilitypolicycentre.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labourpeoplesvote.org/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.futurehousing.org/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfoi.org.uk/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourdigital.co.uk/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.appgbanking.org.uk/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippr.org/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spiked-online.com/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acorntheunion.org.uk/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cantbuymysilence.com/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hillsboroughlawnow.org/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anothereurope.org/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://autonomy.work/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jsmi.org.uk/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fullfact.org/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.patientlibrary.net/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcb.org.uk/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyclub.org.uk/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spinwatch.org/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://voteforpolicies.org.uk/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcvoteface.org.uk/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.impressorg.com/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consolidate.org.uk/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blackmentalhealth.org.uk/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labourcoastandcountry.org/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.redpepper.org.uk/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publicinterestnews.org.uk/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.redpepper.org.uk/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://connectedbydata.org/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hansardsociety.org.uk/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wbg.org.uk/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://energydemocracyproject.wordpress.com/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welshlibdems.wales/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.migrantsorganise.org/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairvote.uk/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afterexploitation.com/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fantasyfrontbench.com/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instituteforgovernment.org.uk/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://travellermovement.org.uk/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blackmentalhealth.org.uk/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hackinginquiry.org/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polimonitor.com/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4change-england.co.uk/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rusi.org/explore-our-research/research-groups/centre-for-finance-and-security" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wecanwin.co.uk/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippr.org/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shoutoutuk.org/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://votingcounts.org.uk/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moreunited.uk/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.runnymedetrust.org/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://friendsoftheearth.uk/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blackmentalhealth.org.uk/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unitedresponse.org.uk/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://89up.org/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ofoc.co.uk/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quilliaminternational.com/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scottishbeacon.com/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tworidingscf.org.uk/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forceswatch.net/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purposeunion.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gmdcnd.com/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aldc.org/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aldc.org/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fawcettsociety.org.uk/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joe-mitchell.com/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.foxglove.org.uk/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spotlightcorruption.org/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policespiesoutoflives.org.uk/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.libertyhumanrights.org.uk/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.genewatch.org/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://campaigntogether.org/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpac.uk.net/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.compassonline.org.uk/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instituteforgovernment.org.uk/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://votingcounts.org.uk/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nyaw.org.uk/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stopfundingfakenews.com/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlock.org.uk/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.parliamentproject.co.uk/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corporatewatch.org/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the3million.org.uk/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://againstrape.net/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reprieve.org.uk/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bwaw.org.uk/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.compassonline.org.uk/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impress.press/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rampproject.org/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ukgovernanceproject.co.uk/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairfundingforourkids.org/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centenaryaction.org.uk/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourforanewdemocracy.org.uk/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantdemos.org.uk/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brightblue.org.uk/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyforsale.substack.com/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blackequityorg.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.localis.org.uk/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://switchedonlondon.org.uk/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://futureadvocacy.com/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covidfamiliesforjustice.org/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050parliament.co.uk/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.genewatch.org/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bgc.wales/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caribeats.org/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.breakthroughimpact.org/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantdemos.org.uk/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.parliamentproject.co.uk/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scyj.org.uk/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairvote.uk/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantdemos.org.uk/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lchr.org.uk/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://allianceparty.org/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opendemocracy.net/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britishineurope.org/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://centreforpublicdata.org/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.recoveringjustice.org.uk/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eyst.org.uk/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actnowni.org/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purposeunion.com/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.york.gov.uk/OneYorkshire" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.compassonline.org.uk/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.makevotesmatter.org.uk/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://democracyvolunteers.org/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.counterhate.co.uk/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gingerbread.org.uk/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medconfidential.org/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hatch-uk.org/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e3g.org/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timetoactivate.org/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mylifemysay.org.uk/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lchr.org.uk/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourdigital.co.uk/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.voice4victims.co.uk/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantsrights.org.uk/" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.involve.org.uk/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thebristolcable.org/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.generationrent.org/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theferret.scot/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://energydemocracyproject.wordpress.com/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icdr.co.uk/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scottee.co.uk/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucl.ac.uk/constitution-unit" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfoi.org.uk/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rightsandsecurity.org/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fairvote.uk/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://represent-us.uk/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defenddigitalme.com/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ntu.ac.uk/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nwspk.com/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shoutoutuk.org/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undercoverresearch.net/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://equalcivilpartnerships.org.uk/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://netpol.org/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impress.press/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bigbrotherwatch.org.uk/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manifestoclub.com/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.obv.org.uk/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://89up.org/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vfyf.co.uk/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://representus.uk/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensuk.org/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/what-we-do/grants-awarded" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fabians.org.uk/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thepoliticsproject.org.uk/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newint.org/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.urdd.cymru/en/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openmedia.org/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unlockdemocracy.org/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihaveavoice.org.uk/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrightsgroup.org/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.futurehousing.org/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ihaveavoice.org.uk/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icdr.co.uk/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialchangelab.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globaljustice.org.uk/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impatienceltd.org/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fawcettsociety.org.uk/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcvoteface.org.uk/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.extraordinaryrendition.org/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seedsforchange.org.uk/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thinkyorkshire.org/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.remain-labour.co.uk/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5050parliament.co.uk/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sortitionfoundation.org/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.politicalskills.com/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliance4choice.com/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indexoncensorship.org/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labourtogether.uk/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://campaigntogether.org/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scotlibdems.org.uk/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://migrantsrights.org.uk/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whotargets.me/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.libertyhumanrights.org.uk/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swanlondon.org/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jrrt.org.uk/grants-awarded" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:R456"/>
+  <dimension ref="A1:R474"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="C413" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="J443" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="J456" sqref="J456"/>
+      <selection pane="bottomRight" activeCell="N468" sqref="N468"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="49.85546875" customWidth="1"/>
+    <col min="2" max="2" width="50" customWidth="1"/>
     <col min="3" max="3" width="97.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="206.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="23" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="29" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="48.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="21.5703125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="29.140625" bestFit="1" customWidth="1"/>
-    <col min="17" max="17" width="22.140625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="53" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="43.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -6853,51 +7090,51 @@
       </c>
       <c r="H3" s="12">
         <v>42099</v>
       </c>
       <c r="I3" s="12">
         <v>42460</v>
       </c>
       <c r="J3" s="13">
         <v>12</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>122</v>
       </c>
       <c r="L3" s="5"/>
       <c r="M3" s="5"/>
       <c r="N3" s="39" t="s">
         <v>123</v>
       </c>
       <c r="O3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q3" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R3" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>643</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>645</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>646</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="16">
         <v>55000</v>
       </c>
       <c r="G4" s="12">
@@ -6907,101 +7144,101 @@
         <v>42064</v>
       </c>
       <c r="I4" s="12">
         <v>42794</v>
       </c>
       <c r="J4" s="13">
         <v>24</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>647</v>
       </c>
       <c r="L4" s="5">
         <v>3533653</v>
       </c>
       <c r="M4" s="5"/>
       <c r="N4" s="39" t="s">
         <v>648</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q4" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R4" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>649</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>650</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>651</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>652</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="16">
         <v>2500</v>
       </c>
       <c r="G5" s="12">
         <v>42078</v>
       </c>
       <c r="H5" s="12">
         <v>42078</v>
       </c>
       <c r="I5" s="12">
         <v>42475</v>
       </c>
       <c r="J5" s="13">
         <v>13</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>653</v>
       </c>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
       <c r="O5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P5" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q5" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R5" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>654</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>655</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>655</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>656</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="16">
         <v>4664</v>
       </c>
       <c r="G6" s="12">
@@ -7063,51 +7300,51 @@
       </c>
       <c r="H7" s="12">
         <v>42096</v>
       </c>
       <c r="I7" s="12">
         <v>42185</v>
       </c>
       <c r="J7" s="13">
         <v>3</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>770</v>
       </c>
       <c r="L7" s="5"/>
       <c r="M7" s="5"/>
       <c r="N7" s="39" t="s">
         <v>663</v>
       </c>
       <c r="O7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q7" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R7" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>664</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>665</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>666</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="16">
         <v>7344</v>
       </c>
       <c r="G8" s="12">
@@ -7171,51 +7408,51 @@
         <v>42215</v>
       </c>
       <c r="I9" s="12">
         <v>42582</v>
       </c>
       <c r="J9" s="13">
         <v>12</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>139</v>
       </c>
       <c r="L9" s="5">
         <v>6407440</v>
       </c>
       <c r="M9" s="5"/>
       <c r="N9" s="39" t="s">
         <v>140</v>
       </c>
       <c r="O9" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P9" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q9" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R9" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>670</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>302</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>671</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>672</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="16">
         <v>45500</v>
       </c>
       <c r="G10" s="12">
@@ -7225,51 +7462,51 @@
         <v>42200</v>
       </c>
       <c r="I10" s="12">
         <v>42566</v>
       </c>
       <c r="J10" s="13">
         <v>12</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L10" s="5">
         <v>8731888</v>
       </c>
       <c r="M10" s="5"/>
       <c r="N10" s="39" t="s">
         <v>305</v>
       </c>
       <c r="O10" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q10" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R10" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>674</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>440</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>441</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>675</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="16">
         <v>40000</v>
       </c>
       <c r="G11" s="12">
@@ -7279,51 +7516,51 @@
         <v>42219</v>
       </c>
       <c r="I11" s="12">
         <v>42947</v>
       </c>
       <c r="J11" s="13">
         <v>24</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>443</v>
       </c>
       <c r="L11" s="5">
         <v>3935644</v>
       </c>
       <c r="M11" s="5"/>
       <c r="N11" s="39" t="s">
         <v>444</v>
       </c>
       <c r="O11" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q11" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R11" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>676</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>677</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>678</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>679</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="16">
         <v>17210</v>
       </c>
       <c r="G12" s="12">
@@ -7333,51 +7570,51 @@
         <v>42205</v>
       </c>
       <c r="I12" s="12">
         <v>42551</v>
       </c>
       <c r="J12" s="13">
         <v>12</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>680</v>
       </c>
       <c r="L12" s="5">
         <v>4063238</v>
       </c>
       <c r="M12" s="5"/>
       <c r="N12" s="39" t="s">
         <v>681</v>
       </c>
       <c r="O12" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q12" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R12" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>682</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>152</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>153</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>683</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="16">
         <v>53370</v>
       </c>
       <c r="G13" s="12">
@@ -7387,51 +7624,51 @@
         <v>42186</v>
       </c>
       <c r="I13" s="12">
         <v>42551</v>
       </c>
       <c r="J13" s="13">
         <v>12</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>155</v>
       </c>
       <c r="L13" s="5">
         <v>8495396</v>
       </c>
       <c r="M13" s="5"/>
       <c r="N13" s="39" t="s">
         <v>156</v>
       </c>
       <c r="O13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q13" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R13" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>684</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>326</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>685</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>686</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="16">
         <v>72800</v>
       </c>
       <c r="G14" s="12">
@@ -7441,51 +7678,51 @@
         <v>42186</v>
       </c>
       <c r="I14" s="12">
         <v>42704</v>
       </c>
       <c r="J14" s="13">
         <v>17</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L14" s="5">
         <v>5581537</v>
       </c>
       <c r="M14" s="5"/>
       <c r="N14" s="39" t="s">
         <v>330</v>
       </c>
       <c r="O14" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q14" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R14" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>687</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>688</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="16">
         <v>7500</v>
       </c>
       <c r="G15" s="12">
@@ -7495,51 +7732,51 @@
         <v>42217</v>
       </c>
       <c r="I15" s="12">
         <v>42400</v>
       </c>
       <c r="J15" s="13">
         <v>6</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>76</v>
       </c>
       <c r="L15" s="5">
         <v>9633142</v>
       </c>
       <c r="M15" s="5"/>
       <c r="N15" s="39" t="s">
         <v>77</v>
       </c>
       <c r="O15" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q15" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R15" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>689</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>690</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>691</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>692</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="16">
         <v>7000</v>
       </c>
       <c r="G16" s="12">
@@ -7599,51 +7836,51 @@
         <v>42291</v>
       </c>
       <c r="I17" s="12">
         <v>42657</v>
       </c>
       <c r="J17" s="13">
         <v>12</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>697</v>
       </c>
       <c r="L17" s="5">
         <v>3865674</v>
       </c>
       <c r="M17" s="5"/>
       <c r="N17" s="39" t="s">
         <v>698</v>
       </c>
       <c r="O17" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P17" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q17" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R17" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>699</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>701</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>702</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="16">
         <v>7440</v>
       </c>
       <c r="G18" s="12">
@@ -7653,51 +7890,51 @@
         <v>42248</v>
       </c>
       <c r="I18" s="12">
         <v>42400</v>
       </c>
       <c r="J18" s="13">
         <v>5</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>703</v>
       </c>
       <c r="L18" s="5">
         <v>9766754</v>
       </c>
       <c r="M18" s="5"/>
       <c r="N18" s="39" t="s">
         <v>704</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P18" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q18" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R18" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>705</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>706</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>707</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>708</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="16">
         <v>3627</v>
       </c>
       <c r="G19" s="12">
@@ -7705,51 +7942,51 @@
       </c>
       <c r="H19" s="12">
         <v>42248</v>
       </c>
       <c r="I19" s="12">
         <v>42794</v>
       </c>
       <c r="J19" s="13">
         <v>18</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>709</v>
       </c>
       <c r="L19" s="5"/>
       <c r="M19" s="5"/>
       <c r="N19" s="39" t="s">
         <v>710</v>
       </c>
       <c r="O19" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P19" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q19" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R19" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>711</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>712</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>713</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>714</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="16">
         <v>7480</v>
       </c>
       <c r="G20" s="12">
@@ -7759,51 +7996,51 @@
         <v>42278</v>
       </c>
       <c r="I20" s="12">
         <v>42521</v>
       </c>
       <c r="J20" s="13">
         <v>8</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>376</v>
       </c>
       <c r="L20" s="5">
         <v>1085127</v>
       </c>
       <c r="M20" s="5"/>
       <c r="N20" s="39" t="s">
         <v>377</v>
       </c>
       <c r="O20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P20" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q20" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R20" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>715</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>717</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>718</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="16">
         <v>15435</v>
       </c>
       <c r="G21" s="12">
@@ -7813,51 +8050,51 @@
         <v>42278</v>
       </c>
       <c r="I21" s="12">
         <v>42460</v>
       </c>
       <c r="J21" s="13">
         <v>6</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>719</v>
       </c>
       <c r="L21" s="5">
         <v>1157814</v>
       </c>
       <c r="M21" s="5"/>
       <c r="N21" s="39" t="s">
         <v>720</v>
       </c>
       <c r="O21" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P21" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q21" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R21" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>721</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>269</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>722</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>723</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="16">
         <v>28753</v>
       </c>
       <c r="G22" s="12">
@@ -7973,107 +8210,107 @@
         <v>42282</v>
       </c>
       <c r="I24" s="12">
         <v>42643</v>
       </c>
       <c r="J24" s="13">
         <v>12</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>731</v>
       </c>
       <c r="L24" s="5">
         <v>6432342</v>
       </c>
       <c r="M24" s="5"/>
       <c r="N24" s="39" t="s">
         <v>732</v>
       </c>
       <c r="O24" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P24" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q24" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R24" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>733</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>734</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>735</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="16">
         <v>56150</v>
       </c>
       <c r="G25" s="12">
         <v>42278</v>
       </c>
       <c r="H25" s="12">
         <v>42309</v>
       </c>
       <c r="I25" s="12">
         <v>42551</v>
       </c>
       <c r="J25" s="13">
         <v>8</v>
       </c>
       <c r="K25" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L25" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M25">
         <v>108732</v>
       </c>
       <c r="N25" s="39" t="s">
         <v>167</v>
       </c>
       <c r="O25" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P25" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q25" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R25" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>736</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>737</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>738</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>739</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="16">
         <v>60000</v>
       </c>
       <c r="G26" s="12">
@@ -8497,51 +8734,51 @@
         <v>42309</v>
       </c>
       <c r="I34" s="12">
         <v>42490</v>
       </c>
       <c r="J34" s="13">
         <v>6</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L34" s="5">
         <v>9361416</v>
       </c>
       <c r="M34" s="5"/>
       <c r="N34" s="39" t="s">
         <v>54</v>
       </c>
       <c r="O34" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P34" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q34" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R34" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="35" spans="1:18" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="32" t="s">
         <v>833</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>828</v>
       </c>
       <c r="C35" s="32" t="s">
         <v>829</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>830</v>
       </c>
       <c r="E35" s="32" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="16">
         <v>35000</v>
       </c>
       <c r="G35" s="12">
@@ -8602,51 +8839,51 @@
         <v>42373</v>
       </c>
       <c r="I36" s="12">
         <v>43100</v>
       </c>
       <c r="J36" s="13">
         <v>24</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>757</v>
       </c>
       <c r="L36" s="5">
         <v>3556885</v>
       </c>
       <c r="M36" s="5"/>
       <c r="N36" s="39" t="s">
         <v>758</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P36" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q36" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R36" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>759</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>760</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>761</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>762</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="16">
         <v>46775</v>
       </c>
       <c r="G37" s="12">
@@ -8656,51 +8893,51 @@
         <v>42401</v>
       </c>
       <c r="I37" s="12">
         <v>43496</v>
       </c>
       <c r="J37" s="13">
         <v>36</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>763</v>
       </c>
       <c r="L37" s="5">
         <v>10238882</v>
       </c>
       <c r="M37" s="5"/>
       <c r="N37" s="39" t="s">
         <v>764</v>
       </c>
       <c r="O37" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P37" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q37" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R37" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>765</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>238</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>766</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>777</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="16">
         <v>6225</v>
       </c>
       <c r="G38" s="12">
@@ -8708,51 +8945,51 @@
       </c>
       <c r="H38" s="12">
         <v>42353</v>
       </c>
       <c r="I38" s="12">
         <v>42444</v>
       </c>
       <c r="J38" s="13">
         <v>3</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>241</v>
       </c>
       <c r="L38" s="5">
         <v>9040169</v>
       </c>
       <c r="M38" s="5"/>
       <c r="N38" s="5"/>
       <c r="O38" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P38" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q38" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R38" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>767</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>158</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>768</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>769</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="16">
         <v>7500</v>
       </c>
       <c r="G39" s="12">
@@ -8762,101 +8999,101 @@
         <v>42384</v>
       </c>
       <c r="I39" s="12">
         <v>42566</v>
       </c>
       <c r="J39" s="13">
         <v>6</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>161</v>
       </c>
       <c r="L39" s="5">
         <v>8647264</v>
       </c>
       <c r="M39" s="5"/>
       <c r="N39" s="39" t="s">
         <v>162</v>
       </c>
       <c r="O39" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P39" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q39" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R39" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="16">
         <v>2500</v>
       </c>
       <c r="G40" s="12">
         <v>42375</v>
       </c>
       <c r="H40" s="12">
         <v>42383</v>
       </c>
       <c r="I40" s="12">
         <v>42490</v>
       </c>
       <c r="J40" s="13">
         <v>4</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="5"/>
       <c r="M40" s="5"/>
       <c r="N40" s="5"/>
       <c r="O40" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P40" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q40" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R40" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="16">
         <v>6700</v>
       </c>
       <c r="G41" s="12">
@@ -9018,51 +9255,51 @@
         <v>42433</v>
       </c>
       <c r="I44" s="12">
         <v>42582</v>
       </c>
       <c r="J44" s="13">
         <v>5</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>47</v>
       </c>
       <c r="L44" s="5">
         <v>9156366</v>
       </c>
       <c r="M44" s="5"/>
       <c r="N44" s="39" t="s">
         <v>48</v>
       </c>
       <c r="O44" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P44" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q44" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R44" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="16">
         <v>22500</v>
       </c>
       <c r="G45" s="12">
@@ -9072,51 +9309,51 @@
         <v>42461</v>
       </c>
       <c r="I45" s="12">
         <v>42735</v>
       </c>
       <c r="J45" s="13">
         <v>9</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L45" s="5">
         <v>9361416</v>
       </c>
       <c r="M45" s="5"/>
       <c r="N45" s="39" t="s">
         <v>54</v>
       </c>
       <c r="O45" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P45" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q45" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R45" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>57</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="16">
         <v>42600</v>
       </c>
       <c r="G46" s="12">
@@ -9126,51 +9363,51 @@
         <v>42491</v>
       </c>
       <c r="I46" s="12">
         <v>42704</v>
       </c>
       <c r="J46" s="13">
         <v>7</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L46" s="5">
         <v>8176670</v>
       </c>
       <c r="M46" s="5"/>
       <c r="N46" s="39" t="s">
         <v>60</v>
       </c>
       <c r="O46" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P46" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q46" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R46" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>63</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>778</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="16">
         <v>5000</v>
       </c>
       <c r="G47" s="12">
@@ -9180,51 +9417,51 @@
         <v>42461</v>
       </c>
       <c r="I47" s="12">
         <v>42551</v>
       </c>
       <c r="J47" s="13">
         <v>6</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L47" s="5">
         <v>7891638</v>
       </c>
       <c r="M47" s="5"/>
       <c r="N47" s="39" t="s">
         <v>65</v>
       </c>
       <c r="O47" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P47" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q47" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R47" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>68</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>69</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="16">
         <v>11377</v>
       </c>
       <c r="G48" s="12">
@@ -9234,51 +9471,51 @@
         <v>42461</v>
       </c>
       <c r="I48" s="12">
         <v>42735</v>
       </c>
       <c r="J48" s="13">
         <v>9</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>70</v>
       </c>
       <c r="L48" s="5">
         <v>3260840</v>
       </c>
       <c r="M48" s="5"/>
       <c r="N48" s="39" t="s">
         <v>71</v>
       </c>
       <c r="O48" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P48" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q48" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R48" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>74</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="16">
         <v>30000</v>
       </c>
       <c r="G49" s="12">
@@ -9288,51 +9525,51 @@
         <v>42461</v>
       </c>
       <c r="I49" s="12">
         <v>42825</v>
       </c>
       <c r="J49" s="13">
         <v>12</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>76</v>
       </c>
       <c r="L49" s="5">
         <v>9633142</v>
       </c>
       <c r="M49" s="5"/>
       <c r="N49" s="39" t="s">
         <v>77</v>
       </c>
       <c r="O49" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P49" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q49" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R49" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>79</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>80</v>
       </c>
       <c r="D50" s="41" t="s">
         <v>81</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="16">
         <v>7500</v>
       </c>
       <c r="G50" s="12">
@@ -9498,51 +9735,51 @@
       </c>
       <c r="H53" s="12">
         <v>42491</v>
       </c>
       <c r="I53" s="12">
         <v>42582</v>
       </c>
       <c r="J53" s="13">
         <v>3</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>99</v>
       </c>
       <c r="L53" s="5"/>
       <c r="M53" s="5"/>
       <c r="N53" s="39" t="s">
         <v>100</v>
       </c>
       <c r="O53" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P53" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q53" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R53" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>103</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>104</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="16">
         <v>7500</v>
       </c>
       <c r="G54" s="12">
@@ -9552,51 +9789,51 @@
         <v>42552</v>
       </c>
       <c r="I54" s="12">
         <v>42705</v>
       </c>
       <c r="J54" s="13">
         <v>5</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>105</v>
       </c>
       <c r="L54" s="5">
         <v>10192677</v>
       </c>
       <c r="M54" s="5"/>
       <c r="N54" s="39" t="s">
         <v>106</v>
       </c>
       <c r="O54" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P54" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q54" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R54" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="55" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B55" s="7" t="s">
         <v>108</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>110</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="16">
         <v>7500</v>
       </c>
       <c r="G55" s="12">
@@ -9818,51 +10055,51 @@
       </c>
       <c r="H59" s="12">
         <v>42614</v>
       </c>
       <c r="I59" s="12">
         <v>42978</v>
       </c>
       <c r="J59" s="13">
         <v>12</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>122</v>
       </c>
       <c r="L59" s="5"/>
       <c r="M59" s="5"/>
       <c r="N59" s="39" t="s">
         <v>123</v>
       </c>
       <c r="O59" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P59" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q59" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R59" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="60" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>866</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>863</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>864</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>865</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="16">
         <v>50000</v>
       </c>
       <c r="G60" s="12">
@@ -9924,51 +10161,51 @@
         <v>42583</v>
       </c>
       <c r="I61" s="12">
         <v>43312</v>
       </c>
       <c r="J61" s="13">
         <v>24</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>128</v>
       </c>
       <c r="L61" s="5">
         <v>7103208</v>
       </c>
       <c r="M61" s="5"/>
       <c r="N61" s="39" t="s">
         <v>129</v>
       </c>
       <c r="O61" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P61" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q61" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R61" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="62" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="4" t="s">
         <v>131</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="16">
         <v>32260</v>
       </c>
       <c r="G62" s="12">
@@ -9976,51 +10213,51 @@
       </c>
       <c r="H62" s="12">
         <v>42614</v>
       </c>
       <c r="I62" s="12">
         <v>42978</v>
       </c>
       <c r="J62" s="13">
         <v>12</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>133</v>
       </c>
       <c r="L62" s="5"/>
       <c r="M62" s="5"/>
       <c r="N62" s="39" t="s">
         <v>134</v>
       </c>
       <c r="O62" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P62" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q62" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R62" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="63" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A63" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>136</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>137</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>138</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="16">
         <v>39083</v>
       </c>
       <c r="G63" s="12">
@@ -10030,51 +10267,51 @@
         <v>42592</v>
       </c>
       <c r="I63" s="12">
         <v>42956</v>
       </c>
       <c r="J63" s="13">
         <v>12</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>139</v>
       </c>
       <c r="L63" s="5">
         <v>6407440</v>
       </c>
       <c r="M63" s="5"/>
       <c r="N63" s="39" t="s">
         <v>140</v>
       </c>
       <c r="O63" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P63" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q63" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R63" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="64" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A64" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C64" s="28" t="s">
         <v>779</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="16">
         <v>44307</v>
       </c>
       <c r="G64" s="12">
@@ -10084,51 +10321,51 @@
         <v>42644</v>
       </c>
       <c r="I64" s="12">
         <v>43373</v>
       </c>
       <c r="J64" s="13">
         <v>24</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>144</v>
       </c>
       <c r="L64" s="5">
         <v>7859667</v>
       </c>
       <c r="M64" s="5"/>
       <c r="N64" s="39" t="s">
         <v>145</v>
       </c>
       <c r="O64" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P64" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q64" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R64" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="65" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A65" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>147</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>147</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>148</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="16">
         <v>27000</v>
       </c>
       <c r="G65" s="12">
@@ -10136,51 +10373,51 @@
       </c>
       <c r="H65" s="12">
         <v>42566</v>
       </c>
       <c r="I65" s="12">
         <v>42930</v>
       </c>
       <c r="J65" s="13">
         <v>12</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>149</v>
       </c>
       <c r="L65" s="5"/>
       <c r="M65" s="5"/>
       <c r="N65" s="39" t="s">
         <v>150</v>
       </c>
       <c r="O65" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P65" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q65" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R65" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="66" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>151</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>152</v>
       </c>
       <c r="C66" s="4" t="s">
         <v>153</v>
       </c>
       <c r="D66" s="41" t="s">
         <v>154</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="16">
         <v>45755</v>
       </c>
       <c r="G66" s="12">
@@ -10190,51 +10427,51 @@
         <v>42552</v>
       </c>
       <c r="I66" s="12">
         <v>42916</v>
       </c>
       <c r="J66" s="13">
         <v>12</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>155</v>
       </c>
       <c r="L66" s="5">
         <v>8495396</v>
       </c>
       <c r="M66" s="5"/>
       <c r="N66" s="39" t="s">
         <v>156</v>
       </c>
       <c r="O66" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P66" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q66" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R66" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="67" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>157</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>158</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>159</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="16">
         <v>70000</v>
       </c>
       <c r="G67" s="12">
@@ -10244,107 +10481,107 @@
         <v>42597</v>
       </c>
       <c r="I67" s="12">
         <v>43145</v>
       </c>
       <c r="J67" s="13">
         <v>18</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>161</v>
       </c>
       <c r="L67" s="5">
         <v>8647264</v>
       </c>
       <c r="M67" s="5"/>
       <c r="N67" s="39" t="s">
         <v>162</v>
       </c>
       <c r="O67" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P67" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q67" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R67" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="68" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>163</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>165</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>166</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="16">
         <v>51540</v>
       </c>
       <c r="G68" s="12">
         <v>42545</v>
       </c>
       <c r="H68" s="12">
         <v>42552</v>
       </c>
       <c r="I68" s="12">
         <v>42916</v>
       </c>
       <c r="J68" s="13">
         <v>12</v>
       </c>
       <c r="K68" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L68" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M68">
         <v>108732</v>
       </c>
       <c r="N68" s="39" t="s">
         <v>167</v>
       </c>
       <c r="O68" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P68" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q68" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R68" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="69" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
         <v>168</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>169</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>170</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>171</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="16">
         <v>5000</v>
       </c>
       <c r="G69" s="12">
@@ -10404,101 +10641,101 @@
         <v>42546</v>
       </c>
       <c r="I70" s="12">
         <v>42562</v>
       </c>
       <c r="J70" s="13">
         <v>1</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>76</v>
       </c>
       <c r="L70" s="5">
         <v>9633142</v>
       </c>
       <c r="M70" s="5"/>
       <c r="N70" s="39" t="s">
         <v>77</v>
       </c>
       <c r="O70" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P70" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q70" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R70" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="71" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
         <v>176</v>
       </c>
       <c r="B71" s="7" t="s">
         <v>177</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>178</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>179</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="16">
         <v>6495</v>
       </c>
       <c r="G71" s="12">
         <v>42550</v>
       </c>
       <c r="H71" s="12">
         <v>42555</v>
       </c>
       <c r="I71" s="12">
         <v>42597</v>
       </c>
       <c r="J71" s="13">
         <v>2</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>180</v>
       </c>
       <c r="L71" s="5"/>
       <c r="M71" s="5"/>
       <c r="N71" s="5"/>
       <c r="O71" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P71" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q71" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R71" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="72" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>181</v>
       </c>
       <c r="B72" s="7" t="s">
         <v>182</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>183</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>184</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="16">
         <v>7500</v>
       </c>
       <c r="G72" s="12">
@@ -10508,51 +10745,51 @@
         <v>42597</v>
       </c>
       <c r="I72" s="12">
         <v>42689</v>
       </c>
       <c r="J72" s="13">
         <v>3</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>185</v>
       </c>
       <c r="L72" s="5">
         <v>8261562</v>
       </c>
       <c r="M72" s="5"/>
       <c r="N72" s="39" t="s">
         <v>632</v>
       </c>
       <c r="O72" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P72" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q72" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R72" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="73" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
         <v>186</v>
       </c>
       <c r="B73" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>188</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="16">
         <v>7500</v>
       </c>
       <c r="G73" s="12">
@@ -10722,51 +10959,51 @@
         <v>42614</v>
       </c>
       <c r="I76" s="12">
         <v>42735</v>
       </c>
       <c r="J76" s="13">
         <v>4</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L76" s="5">
         <v>4676117</v>
       </c>
       <c r="M76" s="5"/>
       <c r="N76" s="39" t="s">
         <v>208</v>
       </c>
       <c r="O76" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P76" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q76" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R76" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="77" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A77" s="5" t="s">
         <v>209</v>
       </c>
       <c r="B77" s="7" t="s">
         <v>210</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>211</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>212</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="16">
         <v>5600</v>
       </c>
       <c r="G77" s="12">
@@ -10828,51 +11065,51 @@
       </c>
       <c r="H78" s="12">
         <v>42639</v>
       </c>
       <c r="I78" s="12">
         <v>42666</v>
       </c>
       <c r="J78" s="13">
         <v>1</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>219</v>
       </c>
       <c r="L78" s="5"/>
       <c r="M78" s="5"/>
       <c r="N78" s="39" t="s">
         <v>220</v>
       </c>
       <c r="O78" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P78" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q78" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R78" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="79" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>221</v>
       </c>
       <c r="B79" s="7" t="s">
         <v>222</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>223</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>224</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="16">
         <v>6940</v>
       </c>
       <c r="G79" s="12">
@@ -10934,51 +11171,51 @@
       </c>
       <c r="H80" s="12">
         <v>42675</v>
       </c>
       <c r="I80" s="12">
         <v>43039</v>
       </c>
       <c r="J80" s="13">
         <v>12</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>230</v>
       </c>
       <c r="L80" s="5"/>
       <c r="M80" s="5"/>
       <c r="N80" s="39" t="s">
         <v>231</v>
       </c>
       <c r="O80" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P80" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q80" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R80" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="81" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A81" s="5" t="s">
         <v>232</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>233</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>234</v>
       </c>
       <c r="D81" s="10" t="s">
         <v>235</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="11">
         <v>12500</v>
       </c>
       <c r="G81" s="12">
@@ -11036,51 +11273,51 @@
       </c>
       <c r="H82" s="12">
         <v>42705</v>
       </c>
       <c r="I82" s="12">
         <v>42886</v>
       </c>
       <c r="J82" s="13">
         <v>6</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>241</v>
       </c>
       <c r="L82" s="5">
         <v>9040169</v>
       </c>
       <c r="M82" s="5"/>
       <c r="N82" s="5"/>
       <c r="O82" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P82" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q82" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R82" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="83" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A83" s="5" t="s">
         <v>871</v>
       </c>
       <c r="B83" s="7" t="s">
         <v>828</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>869</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E83" s="16" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="16">
         <v>150000</v>
       </c>
       <c r="G83" s="12">
@@ -11142,51 +11379,51 @@
         <v>42736</v>
       </c>
       <c r="I84" s="12">
         <v>43100</v>
       </c>
       <c r="J84" s="13">
         <v>12</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>185</v>
       </c>
       <c r="L84" s="5">
         <v>8261562</v>
       </c>
       <c r="M84" s="5"/>
       <c r="N84" s="39" t="s">
         <v>632</v>
       </c>
       <c r="O84" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P84" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q84" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R84" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="85" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A85" s="5" t="s">
         <v>244</v>
       </c>
       <c r="B85" s="14" t="s">
         <v>187</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>245</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>246</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="16">
         <v>58636</v>
       </c>
       <c r="G85" s="12">
@@ -11250,51 +11487,51 @@
         <v>42736</v>
       </c>
       <c r="I86" s="12">
         <v>42916</v>
       </c>
       <c r="J86" s="13">
         <v>6</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>76</v>
       </c>
       <c r="L86" s="5">
         <v>9633142</v>
       </c>
       <c r="M86" s="5"/>
       <c r="N86" s="39" t="s">
         <v>77</v>
       </c>
       <c r="O86" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P86" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q86" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R86" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="87" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
         <v>263</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>264</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>265</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="16">
         <v>7407</v>
       </c>
       <c r="G87" s="12">
@@ -11352,51 +11589,51 @@
       </c>
       <c r="H88" s="12">
         <v>42826</v>
       </c>
       <c r="I88" s="12">
         <v>42916</v>
       </c>
       <c r="J88" s="17">
         <v>3</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>272</v>
       </c>
       <c r="L88" s="5"/>
       <c r="M88" s="5"/>
       <c r="N88" s="39" t="s">
         <v>273</v>
       </c>
       <c r="O88" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P88" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q88" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R88" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="89" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
         <v>274</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>1106</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>276</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="16">
         <v>7463</v>
       </c>
       <c r="G89" s="12">
@@ -11406,51 +11643,51 @@
         <v>42745</v>
       </c>
       <c r="I89" s="12">
         <v>42855</v>
       </c>
       <c r="J89" s="17">
         <v>4</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>277</v>
       </c>
       <c r="L89" s="5">
         <v>3855274</v>
       </c>
       <c r="M89" s="5"/>
       <c r="N89" s="39" t="s">
         <v>278</v>
       </c>
       <c r="O89" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P89" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q89" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R89" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="90" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
         <v>631</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>280</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>281</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>282</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="16">
         <v>2760</v>
       </c>
       <c r="G90" s="12">
@@ -11676,51 +11913,51 @@
         <v>42769</v>
       </c>
       <c r="I94" s="12">
         <v>42855</v>
       </c>
       <c r="J94" s="17">
         <v>3</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L94" s="5">
         <v>8731888</v>
       </c>
       <c r="M94" s="5"/>
       <c r="N94" s="39" t="s">
         <v>305</v>
       </c>
       <c r="O94" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P94" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q94" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R94" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="95" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
         <v>306</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>307</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>309</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="16">
         <v>33492</v>
       </c>
       <c r="G95" s="12">
@@ -11784,51 +12021,51 @@
         <v>42772</v>
       </c>
       <c r="I96" s="12">
         <v>42891</v>
       </c>
       <c r="J96" s="17">
         <v>5</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>105</v>
       </c>
       <c r="L96" s="5">
         <v>10192677</v>
       </c>
       <c r="M96" s="5"/>
       <c r="N96" s="39" t="s">
         <v>106</v>
       </c>
       <c r="O96" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P96" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q96" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R96" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="97" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
         <v>315</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>316</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>318</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="16">
         <v>35868</v>
       </c>
       <c r="G97" s="12">
@@ -11838,51 +12075,51 @@
         <v>42795</v>
       </c>
       <c r="I97" s="12">
         <v>42978</v>
       </c>
       <c r="J97" s="17">
         <v>6</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>787</v>
       </c>
       <c r="L97" s="5">
         <v>10380633</v>
       </c>
       <c r="M97" s="5"/>
       <c r="N97" s="39" t="s">
         <v>319</v>
       </c>
       <c r="O97" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P97" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q97" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R97" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="98" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A98" s="5" t="s">
         <v>320</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>321</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>323</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="16">
         <v>7200</v>
       </c>
       <c r="G98" s="12">
@@ -12106,51 +12343,51 @@
         <v>42826</v>
       </c>
       <c r="I102" s="12">
         <v>43100</v>
       </c>
       <c r="J102" s="17">
         <v>9</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>788</v>
       </c>
       <c r="L102" s="5">
         <v>8818199</v>
       </c>
       <c r="M102" s="5"/>
       <c r="N102" s="39" t="s">
         <v>344</v>
       </c>
       <c r="O102" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P102" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q102" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R102" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="103" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
         <v>345</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>346</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>347</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>348</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="16">
         <v>28465</v>
       </c>
       <c r="G103" s="12">
@@ -12160,51 +12397,51 @@
         <v>42831</v>
       </c>
       <c r="I103" s="12">
         <v>43190</v>
       </c>
       <c r="J103" s="17">
         <v>12</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>349</v>
       </c>
       <c r="L103" s="5">
         <v>10768509</v>
       </c>
       <c r="M103" s="5"/>
       <c r="N103" s="39" t="s">
         <v>350</v>
       </c>
       <c r="O103" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P103" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q103" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R103" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="104" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
         <v>351</v>
       </c>
       <c r="B104" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>352</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="16">
         <v>36000</v>
       </c>
       <c r="G104" s="12">
@@ -12266,51 +12503,51 @@
         <v>42887</v>
       </c>
       <c r="I105" s="12">
         <v>43251</v>
       </c>
       <c r="J105" s="17">
         <v>12</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L105" s="5">
         <v>8731888</v>
       </c>
       <c r="M105" s="5"/>
       <c r="N105" s="39" t="s">
         <v>305</v>
       </c>
       <c r="O105" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P105" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q105" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R105" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="106" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A106" s="5" t="s">
         <v>356</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>96</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>358</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="16">
         <v>32700</v>
       </c>
       <c r="G106" s="12">
@@ -12318,51 +12555,51 @@
       </c>
       <c r="H106" s="12">
         <v>42826</v>
       </c>
       <c r="I106" s="12">
         <v>43190</v>
       </c>
       <c r="J106" s="17">
         <v>12</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>99</v>
       </c>
       <c r="L106" s="5"/>
       <c r="M106" s="5"/>
       <c r="N106" s="39" t="s">
         <v>100</v>
       </c>
       <c r="O106" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P106" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q106" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R106" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="107" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
         <v>359</v>
       </c>
       <c r="B107" s="8" t="s">
         <v>360</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>362</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="16">
         <v>7200</v>
       </c>
       <c r="G107" s="12">
@@ -12372,51 +12609,51 @@
         <v>42826</v>
       </c>
       <c r="I107" s="12">
         <v>43131</v>
       </c>
       <c r="J107" s="17">
         <v>10</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>363</v>
       </c>
       <c r="L107" s="42" t="s">
         <v>364</v>
       </c>
       <c r="M107" s="5"/>
       <c r="N107" s="39" t="s">
         <v>365</v>
       </c>
       <c r="O107" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P107" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q107" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R107" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="108" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
         <v>366</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>367</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>369</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="16">
         <v>7460</v>
       </c>
       <c r="G108" s="12">
@@ -12426,51 +12663,51 @@
         <v>42842</v>
       </c>
       <c r="I108" s="12">
         <v>42933</v>
       </c>
       <c r="J108" s="17">
         <v>3</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>370</v>
       </c>
       <c r="L108" s="5">
         <v>9944760</v>
       </c>
       <c r="M108" s="5"/>
       <c r="N108" s="39" t="s">
         <v>371</v>
       </c>
       <c r="O108" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P108" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q108" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R108" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="109" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A109" s="5" t="s">
         <v>372</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>373</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>374</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>375</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="16">
         <v>7500</v>
       </c>
       <c r="G109" s="12">
@@ -13016,51 +13253,51 @@
         <v>42917</v>
       </c>
       <c r="I119" s="12">
         <v>43131</v>
       </c>
       <c r="J119" s="17">
         <v>7</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>417</v>
       </c>
       <c r="L119" s="5">
         <v>9490719</v>
       </c>
       <c r="M119" s="5"/>
       <c r="N119" s="39" t="s">
         <v>418</v>
       </c>
       <c r="O119" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P119" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q119" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R119" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="120" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A120" s="5" t="s">
         <v>419</v>
       </c>
       <c r="B120" s="8" t="s">
         <v>420</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>420</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>421</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="16">
         <v>7350</v>
       </c>
       <c r="G120" s="12">
@@ -13070,51 +13307,51 @@
         <v>42912</v>
       </c>
       <c r="I120" s="12">
         <v>43008</v>
       </c>
       <c r="J120" s="17">
         <v>3</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>789</v>
       </c>
       <c r="L120" s="5">
         <v>10761736</v>
       </c>
       <c r="M120" s="5"/>
       <c r="N120" s="39" t="s">
         <v>422</v>
       </c>
       <c r="O120" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P120" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q120" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R120" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="121" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
         <v>423</v>
       </c>
       <c r="B121" s="8" t="s">
         <v>204</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>424</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>206</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="16">
         <v>7500</v>
       </c>
       <c r="G121" s="12">
@@ -13124,107 +13361,107 @@
         <v>42917</v>
       </c>
       <c r="I121" s="12">
         <v>43100</v>
       </c>
       <c r="J121" s="17">
         <v>6</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L121" s="5">
         <v>4676117</v>
       </c>
       <c r="M121" s="5"/>
       <c r="N121" s="39" t="s">
         <v>208</v>
       </c>
       <c r="O121" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P121" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q121" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R121" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="122" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
         <v>425</v>
       </c>
       <c r="B122" s="8" t="s">
         <v>164</v>
       </c>
       <c r="C122" s="8" t="s">
         <v>426</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>427</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="16">
         <v>12885</v>
       </c>
       <c r="G122" s="12">
         <v>42923</v>
       </c>
       <c r="H122" s="12">
         <v>42948</v>
       </c>
       <c r="I122" s="12">
         <v>43404</v>
       </c>
       <c r="J122" s="17">
         <v>3</v>
       </c>
       <c r="K122" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L122" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M122">
         <v>108732</v>
       </c>
       <c r="N122" s="39" t="s">
         <v>167</v>
       </c>
       <c r="O122" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P122" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q122" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R122" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="123" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A123" s="5" t="s">
         <v>428</v>
       </c>
       <c r="B123" s="8" t="s">
         <v>136</v>
       </c>
       <c r="C123" s="8" t="s">
         <v>429</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>430</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="16">
         <v>40350</v>
       </c>
       <c r="G123" s="12">
@@ -13234,51 +13471,51 @@
         <v>42948</v>
       </c>
       <c r="I123" s="12">
         <v>43312</v>
       </c>
       <c r="J123" s="17">
         <v>12</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>139</v>
       </c>
       <c r="L123" s="5">
         <v>6407440</v>
       </c>
       <c r="M123" s="5"/>
       <c r="N123" s="39" t="s">
         <v>140</v>
       </c>
       <c r="O123" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P123" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q123" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R123" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="124" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>878</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>879</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>880</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>881</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="16">
         <v>10000</v>
       </c>
       <c r="G124" s="12">
@@ -13336,51 +13573,51 @@
       <c r="G125" s="12">
         <v>42923</v>
       </c>
       <c r="H125" s="12">
         <v>42979</v>
       </c>
       <c r="I125" s="12">
         <v>43524</v>
       </c>
       <c r="J125" s="17">
         <v>18</v>
       </c>
       <c r="K125" s="5" t="s">
         <v>434</v>
       </c>
       <c r="L125" s="5"/>
       <c r="M125" s="5"/>
       <c r="N125" s="5"/>
       <c r="O125" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P125" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q125" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R125" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="126" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A126" s="5" t="s">
         <v>435</v>
       </c>
       <c r="B126" s="8" t="s">
         <v>152</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>152</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>436</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="16">
         <v>47200</v>
       </c>
       <c r="G126" s="12">
@@ -13390,51 +13627,51 @@
         <v>42948</v>
       </c>
       <c r="I126" s="12">
         <v>43312</v>
       </c>
       <c r="J126" s="17">
         <v>12</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>155</v>
       </c>
       <c r="L126" s="5">
         <v>8495396</v>
       </c>
       <c r="M126" s="5"/>
       <c r="N126" s="39" t="s">
         <v>156</v>
       </c>
       <c r="O126" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P126" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q126" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R126" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="127" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A127" s="5" t="s">
         <v>437</v>
       </c>
       <c r="B127" s="8" t="s">
         <v>131</v>
       </c>
       <c r="C127" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>438</v>
       </c>
       <c r="E127" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="16">
         <v>30000</v>
       </c>
       <c r="G127" s="12">
@@ -13442,51 +13679,51 @@
       </c>
       <c r="H127" s="12">
         <v>42979</v>
       </c>
       <c r="I127" s="12">
         <v>43708</v>
       </c>
       <c r="J127" s="17">
         <v>24</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>133</v>
       </c>
       <c r="L127" s="5"/>
       <c r="M127" s="5"/>
       <c r="N127" s="39" t="s">
         <v>134</v>
       </c>
       <c r="O127" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P127" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q127" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R127" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="128" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A128" s="5" t="s">
         <v>439</v>
       </c>
       <c r="B128" s="8" t="s">
         <v>440</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>441</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>442</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="16">
         <v>29223</v>
       </c>
       <c r="G128" s="12">
@@ -13496,51 +13733,51 @@
         <v>42948</v>
       </c>
       <c r="I128" s="12">
         <v>43312</v>
       </c>
       <c r="J128" s="17">
         <v>12</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>443</v>
       </c>
       <c r="L128" s="5">
         <v>3935644</v>
       </c>
       <c r="M128" s="5"/>
       <c r="N128" s="39" t="s">
         <v>444</v>
       </c>
       <c r="O128" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P128" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q128" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R128" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="129" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A129" s="5" t="s">
         <v>445</v>
       </c>
       <c r="B129" s="8" t="s">
         <v>446</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>447</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>448</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="16">
         <v>6300</v>
       </c>
       <c r="G129" s="12">
@@ -13658,51 +13895,51 @@
         <v>42982</v>
       </c>
       <c r="I131" s="12">
         <v>43160</v>
       </c>
       <c r="J131" s="17">
         <v>6</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L131" s="5">
         <v>5581537</v>
       </c>
       <c r="M131" s="5"/>
       <c r="N131" s="39" t="s">
         <v>330</v>
       </c>
       <c r="O131" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P131" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q131" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R131" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="132" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A132" s="5" t="s">
         <v>279</v>
       </c>
       <c r="B132" s="8" t="s">
         <v>280</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>458</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>459</v>
       </c>
       <c r="E132" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F132" s="16">
         <v>5000</v>
       </c>
       <c r="G132" s="12">
@@ -13750,69 +13987,69 @@
       <c r="C133" s="8" t="s">
         <v>461</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>427</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F133" s="16">
         <v>49800</v>
       </c>
       <c r="G133" s="12">
         <v>43014</v>
       </c>
       <c r="H133" s="12">
         <v>43040</v>
       </c>
       <c r="I133" s="12">
         <v>43404</v>
       </c>
       <c r="J133" s="17">
         <v>12</v>
       </c>
       <c r="K133" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L133" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M133">
         <v>108732</v>
       </c>
       <c r="N133" s="39" t="s">
         <v>167</v>
       </c>
       <c r="O133" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P133" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q133" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R133" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="134" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A134" s="5" t="s">
         <v>462</v>
       </c>
       <c r="B134" s="8" t="s">
         <v>102</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>463</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F134" s="16">
         <v>25000</v>
       </c>
       <c r="G134" s="12">
@@ -13822,51 +14059,51 @@
         <v>43040</v>
       </c>
       <c r="I134" s="12">
         <v>43312</v>
       </c>
       <c r="J134" s="17">
         <v>9</v>
       </c>
       <c r="K134" s="5" t="s">
         <v>105</v>
       </c>
       <c r="L134" s="5">
         <v>10192677</v>
       </c>
       <c r="M134" s="5"/>
       <c r="N134" s="39" t="s">
         <v>106</v>
       </c>
       <c r="O134" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P134" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q134" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R134" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="135" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A135" s="5" t="s">
         <v>464</v>
       </c>
       <c r="B135" s="8" t="s">
         <v>465</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>466</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>467</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F135" s="16">
         <v>7500</v>
       </c>
       <c r="G135" s="12">
@@ -14346,51 +14583,51 @@
       </c>
       <c r="H144" s="12">
         <v>43191</v>
       </c>
       <c r="I144" s="12">
         <v>43555</v>
       </c>
       <c r="J144" s="5">
         <v>12</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>502</v>
       </c>
       <c r="L144" s="5"/>
       <c r="M144" s="5"/>
       <c r="N144" s="39" t="s">
         <v>503</v>
       </c>
       <c r="O144" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P144" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q144" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R144" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="145" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A145" s="5" t="s">
         <v>504</v>
       </c>
       <c r="B145" s="18" t="s">
         <v>388</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>505</v>
       </c>
       <c r="D145" s="10" t="s">
         <v>506</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="11">
         <v>60000</v>
       </c>
       <c r="G145" s="12">
@@ -14454,51 +14691,51 @@
         <v>43221</v>
       </c>
       <c r="I146" s="12">
         <v>43585</v>
       </c>
       <c r="J146" s="5">
         <v>12</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>349</v>
       </c>
       <c r="L146" s="5">
         <v>10768509</v>
       </c>
       <c r="M146" s="5"/>
       <c r="N146" s="39" t="s">
         <v>350</v>
       </c>
       <c r="O146" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P146" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q146" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R146" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="147" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
         <v>510</v>
       </c>
       <c r="B147" s="18" t="s">
         <v>187</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>511</v>
       </c>
       <c r="D147" s="10" t="s">
         <v>512</v>
       </c>
       <c r="E147" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="11">
         <v>51680</v>
       </c>
       <c r="G147" s="12">
@@ -14880,51 +15117,51 @@
       </c>
       <c r="H154" s="12">
         <v>43282</v>
       </c>
       <c r="I154" s="12">
         <v>44012</v>
       </c>
       <c r="J154" s="17">
         <v>24</v>
       </c>
       <c r="K154" s="5" t="s">
         <v>99</v>
       </c>
       <c r="L154" s="5"/>
       <c r="M154" s="5"/>
       <c r="N154" s="39" t="s">
         <v>100</v>
       </c>
       <c r="O154" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P154" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q154" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R154" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="155" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A155" s="5" t="s">
         <v>536</v>
       </c>
       <c r="B155" s="19" t="s">
         <v>537</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>538</v>
       </c>
       <c r="D155" s="10" t="s">
         <v>539</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F155" s="20">
         <v>7500</v>
       </c>
       <c r="G155" s="12">
@@ -15094,51 +15331,51 @@
         <v>43344</v>
       </c>
       <c r="I158" s="12">
         <v>43388</v>
       </c>
       <c r="J158" s="17">
         <v>2</v>
       </c>
       <c r="K158" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L158" s="5">
         <v>5581537</v>
       </c>
       <c r="M158" s="5"/>
       <c r="N158" s="39" t="s">
         <v>330</v>
       </c>
       <c r="O158" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P158" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q158" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R158" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="159" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A159" s="5" t="s">
         <v>554</v>
       </c>
       <c r="B159" s="18" t="s">
         <v>555</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>556</v>
       </c>
       <c r="D159" s="10" t="s">
         <v>557</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F159" s="11">
         <v>2500</v>
       </c>
       <c r="G159" s="12">
@@ -15184,69 +15421,69 @@
       <c r="C160" s="5" t="s">
         <v>561</v>
       </c>
       <c r="D160" s="10" t="s">
         <v>562</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F160" s="20">
         <v>53000</v>
       </c>
       <c r="G160" s="12">
         <v>43371</v>
       </c>
       <c r="H160" s="12">
         <v>43405</v>
       </c>
       <c r="I160" s="12">
         <v>43770</v>
       </c>
       <c r="J160" s="17">
         <v>12</v>
       </c>
       <c r="K160" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L160" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M160">
         <v>108732</v>
       </c>
       <c r="N160" s="39" t="s">
         <v>167</v>
       </c>
       <c r="O160" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P160" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q160" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R160" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="161" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A161" s="5" t="s">
         <v>563</v>
       </c>
       <c r="B161" s="19" t="s">
         <v>147</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D161" s="10" t="s">
         <v>564</v>
       </c>
       <c r="E161" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F161" s="20">
         <v>25950</v>
       </c>
       <c r="G161" s="12">
@@ -15308,51 +15545,51 @@
         <v>43374</v>
       </c>
       <c r="I162" s="12">
         <v>43617</v>
       </c>
       <c r="J162" s="17">
         <v>9</v>
       </c>
       <c r="K162" s="5" t="s">
         <v>105</v>
       </c>
       <c r="L162" s="5">
         <v>10192677</v>
       </c>
       <c r="M162" s="5"/>
       <c r="N162" s="39" t="s">
         <v>106</v>
       </c>
       <c r="O162" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P162" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q162" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R162" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="163" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A163" s="5" t="s">
         <v>567</v>
       </c>
       <c r="B163" s="19" t="s">
         <v>142</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>568</v>
       </c>
       <c r="D163" s="10" t="s">
         <v>569</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F163" s="20">
         <v>25953</v>
       </c>
       <c r="G163" s="12">
@@ -15362,51 +15599,51 @@
         <v>43466</v>
       </c>
       <c r="I163" s="12">
         <v>43830</v>
       </c>
       <c r="J163" s="17">
         <v>12</v>
       </c>
       <c r="K163" s="5" t="s">
         <v>144</v>
       </c>
       <c r="L163" s="5">
         <v>7859667</v>
       </c>
       <c r="M163" s="5"/>
       <c r="N163" s="39" t="s">
         <v>145</v>
       </c>
       <c r="O163" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P163" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q163" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R163" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="164" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A164" s="5" t="s">
         <v>570</v>
       </c>
       <c r="B164" s="18" t="s">
         <v>571</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>572</v>
       </c>
       <c r="D164" s="10" t="s">
         <v>573</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F164" s="11">
         <v>3750</v>
       </c>
       <c r="G164" s="12">
@@ -15574,51 +15811,51 @@
         <v>43466</v>
       </c>
       <c r="I167" s="12">
         <v>44196</v>
       </c>
       <c r="J167" s="17">
         <v>24</v>
       </c>
       <c r="K167" s="5" t="s">
         <v>128</v>
       </c>
       <c r="L167" s="5">
         <v>7103208</v>
       </c>
       <c r="M167" s="5"/>
       <c r="N167" s="39" t="s">
         <v>129</v>
       </c>
       <c r="O167" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P167" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q167" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R167" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="168" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A168" s="5" t="s">
         <v>583</v>
       </c>
       <c r="B168" s="21" t="s">
         <v>584</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>585</v>
       </c>
       <c r="D168" s="10" t="s">
         <v>586</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F168" s="11">
         <v>32500</v>
       </c>
       <c r="G168" s="12">
@@ -15894,51 +16131,51 @@
         <v>43586</v>
       </c>
       <c r="I173" s="26">
         <v>43951</v>
       </c>
       <c r="J173" s="24">
         <v>12</v>
       </c>
       <c r="K173" s="24" t="s">
         <v>349</v>
       </c>
       <c r="L173" s="24">
         <v>10768509</v>
       </c>
       <c r="M173" s="24"/>
       <c r="N173" s="43" t="s">
         <v>350</v>
       </c>
       <c r="O173" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P173" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q173" s="24" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R173" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="174" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A174" s="5" t="s">
         <v>608</v>
       </c>
       <c r="B174" s="18" t="s">
         <v>609</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>610</v>
       </c>
       <c r="D174" s="10" t="s">
         <v>611</v>
       </c>
       <c r="E174" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F174" s="11">
         <v>21000</v>
       </c>
       <c r="G174" s="12">
@@ -16252,51 +16489,51 @@
       <c r="C180" s="5" t="s">
         <v>1039</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>1040</v>
       </c>
       <c r="E180" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F180" s="23">
         <v>7500</v>
       </c>
       <c r="G180" s="12">
         <v>43626</v>
       </c>
       <c r="H180" s="12">
         <v>43709</v>
       </c>
       <c r="I180" s="12">
         <v>44012</v>
       </c>
       <c r="J180" s="5">
         <v>10</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1522</v>
+        <v>1521</v>
       </c>
       <c r="L180" s="17">
         <v>10660951</v>
       </c>
       <c r="M180" s="5">
         <v>1170836</v>
       </c>
       <c r="N180" s="39" t="s">
         <v>1041</v>
       </c>
       <c r="O180" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P180" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q180" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R180" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="181" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A181" s="5" t="s">
@@ -16324,51 +16561,51 @@
         <v>43647</v>
       </c>
       <c r="I181" s="12">
         <v>44012</v>
       </c>
       <c r="J181" s="24">
         <v>12</v>
       </c>
       <c r="K181" s="5" t="s">
         <v>155</v>
       </c>
       <c r="L181" s="5">
         <v>8495396</v>
       </c>
       <c r="M181" s="5"/>
       <c r="N181" s="39" t="s">
         <v>156</v>
       </c>
       <c r="O181" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P181" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q181" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R181" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="182" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A182" s="5" t="s">
         <v>797</v>
       </c>
       <c r="B182" s="22" t="s">
         <v>795</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>798</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>796</v>
       </c>
       <c r="E182" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F182" s="23">
         <v>7000</v>
       </c>
       <c r="G182" s="12">
@@ -17228,51 +17465,51 @@
       <c r="G198" s="12">
         <v>43742</v>
       </c>
       <c r="H198" s="12">
         <v>43760</v>
       </c>
       <c r="I198" s="12">
         <v>44104</v>
       </c>
       <c r="J198" s="24">
         <v>12</v>
       </c>
       <c r="K198" s="5" t="s">
         <v>434</v>
       </c>
       <c r="L198" s="5"/>
       <c r="M198" s="5"/>
       <c r="N198" s="5"/>
       <c r="O198" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P198" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q198" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R198" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="199" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A199" s="5" t="s">
         <v>932</v>
       </c>
       <c r="B199" s="22" t="s">
         <v>933</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>934</v>
       </c>
       <c r="D199" s="5" t="s">
         <v>935</v>
       </c>
       <c r="E199" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F199" s="23">
         <v>38250</v>
       </c>
       <c r="G199" s="12">
@@ -18234,69 +18471,69 @@
       <c r="C217" s="5" t="s">
         <v>1016</v>
       </c>
       <c r="D217" s="25" t="s">
         <v>1017</v>
       </c>
       <c r="E217" s="25" t="s">
         <v>22</v>
       </c>
       <c r="F217" s="23">
         <v>51000</v>
       </c>
       <c r="G217" s="12">
         <v>43805</v>
       </c>
       <c r="H217" s="12">
         <v>43832</v>
       </c>
       <c r="I217" s="12">
         <v>44198</v>
       </c>
       <c r="J217" s="24">
         <v>12</v>
       </c>
       <c r="K217" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L217" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M217">
         <v>108732</v>
       </c>
       <c r="N217" s="39" t="s">
         <v>167</v>
       </c>
       <c r="O217" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P217" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q217" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R217" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="218" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A218" s="5" t="s">
         <v>1018</v>
       </c>
       <c r="B218" s="22" t="s">
         <v>900</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>1019</v>
       </c>
       <c r="D218" s="25" t="s">
         <v>1098</v>
       </c>
       <c r="E218" s="25" t="s">
         <v>22</v>
       </c>
       <c r="F218" s="23">
         <v>19050</v>
       </c>
       <c r="G218" s="12">
@@ -18360,51 +18597,51 @@
         <v>43891</v>
       </c>
       <c r="I219" s="12">
         <v>44255</v>
       </c>
       <c r="J219" s="24">
         <v>12</v>
       </c>
       <c r="K219" s="5" t="s">
         <v>144</v>
       </c>
       <c r="L219" s="5">
         <v>7859667</v>
       </c>
       <c r="M219" s="5"/>
       <c r="N219" s="39" t="s">
         <v>145</v>
       </c>
       <c r="O219" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P219" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q219" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R219" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="220" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A220" s="5" t="s">
         <v>1209</v>
       </c>
       <c r="B220" s="22" t="s">
         <v>609</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>1210</v>
       </c>
       <c r="D220" s="25" t="s">
         <v>1211</v>
       </c>
       <c r="E220" s="25" t="s">
         <v>22</v>
       </c>
       <c r="F220" s="23">
         <v>60094</v>
       </c>
       <c r="G220" s="12">
@@ -19036,69 +19273,69 @@
       <c r="C232" s="5" t="s">
         <v>1103</v>
       </c>
       <c r="D232" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="E232" s="25" t="s">
         <v>22</v>
       </c>
       <c r="F232" s="23">
         <v>4419</v>
       </c>
       <c r="G232" s="12">
         <v>43969</v>
       </c>
       <c r="H232" s="12">
         <v>43976</v>
       </c>
       <c r="I232" s="12">
         <v>44020</v>
       </c>
       <c r="J232" s="24">
         <v>2</v>
       </c>
       <c r="K232" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L232" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M232">
         <v>108732</v>
       </c>
       <c r="N232" s="39" t="s">
         <v>167</v>
       </c>
       <c r="O232" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P232" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q232" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R232" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="233" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A233" s="5" t="s">
         <v>1099</v>
       </c>
       <c r="B233" s="22" t="s">
         <v>285</v>
       </c>
       <c r="C233" s="5" t="s">
         <v>1100</v>
       </c>
       <c r="D233" s="5" t="s">
         <v>1101</v>
       </c>
       <c r="E233" s="25" t="s">
         <v>22</v>
       </c>
       <c r="F233" s="23">
         <v>7500</v>
       </c>
       <c r="G233" s="12">
@@ -19482,51 +19719,51 @@
         <v>44013</v>
       </c>
       <c r="I240" s="12">
         <v>44377</v>
       </c>
       <c r="J240" s="24">
         <v>12</v>
       </c>
       <c r="K240" s="24" t="s">
         <v>349</v>
       </c>
       <c r="L240" s="24">
         <v>10768509</v>
       </c>
       <c r="M240" s="24"/>
       <c r="N240" s="43" t="s">
         <v>350</v>
       </c>
       <c r="O240" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P240" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q240" s="24" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R240" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="241" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A241" s="5" t="s">
         <v>1133</v>
       </c>
       <c r="B241" s="22" t="s">
         <v>975</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>1134</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>1135</v>
       </c>
       <c r="E241" s="25" t="s">
         <v>22</v>
       </c>
       <c r="F241" s="23">
         <v>42728</v>
       </c>
       <c r="G241" s="12">
@@ -19574,51 +19811,51 @@
       <c r="C242" s="5" t="s">
         <v>1137</v>
       </c>
       <c r="D242" s="5" t="s">
         <v>1138</v>
       </c>
       <c r="E242" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F242" s="23">
         <v>12500</v>
       </c>
       <c r="G242" s="12">
         <v>44008</v>
       </c>
       <c r="H242" s="12">
         <v>44044</v>
       </c>
       <c r="I242" s="12">
         <v>44408</v>
       </c>
       <c r="J242" s="5">
         <v>12</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1522</v>
+        <v>1521</v>
       </c>
       <c r="L242" s="17">
         <v>10660951</v>
       </c>
       <c r="M242" s="5">
         <v>1170836</v>
       </c>
       <c r="N242" s="39" t="s">
         <v>1041</v>
       </c>
       <c r="O242" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P242" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q242" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R242" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="243" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A243" s="5" t="s">
@@ -19644,51 +19881,51 @@
       </c>
       <c r="H243" s="12">
         <v>44013</v>
       </c>
       <c r="I243" s="12">
         <v>44712</v>
       </c>
       <c r="J243" s="24">
         <v>23</v>
       </c>
       <c r="K243" s="5" t="s">
         <v>99</v>
       </c>
       <c r="L243" s="5"/>
       <c r="M243" s="5"/>
       <c r="N243" s="39" t="s">
         <v>100</v>
       </c>
       <c r="O243" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P243" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q243" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R243" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="244" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A244" s="5" t="s">
         <v>1142</v>
       </c>
       <c r="B244" s="22" t="s">
         <v>1143</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>1144</v>
       </c>
       <c r="D244" s="5" t="s">
         <v>1145</v>
       </c>
       <c r="E244" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F244" s="23">
         <v>33905</v>
       </c>
       <c r="G244" s="12">
@@ -19862,51 +20099,51 @@
       <c r="I247" s="12">
         <v>44135</v>
       </c>
       <c r="J247" s="24">
         <v>3</v>
       </c>
       <c r="K247" s="5" t="s">
         <v>1161</v>
       </c>
       <c r="L247" s="5">
         <v>5777831</v>
       </c>
       <c r="M247" s="5">
         <v>1114900</v>
       </c>
       <c r="N247" s="39" t="s">
         <v>1162</v>
       </c>
       <c r="O247" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P247" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q247" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R247" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="248" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A248" s="5" t="s">
         <v>1164</v>
       </c>
       <c r="B248" s="22" t="s">
         <v>302</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>1165</v>
       </c>
       <c r="D248" s="5" t="s">
         <v>1166</v>
       </c>
       <c r="E248" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F248" s="23">
         <v>7500</v>
       </c>
       <c r="G248" s="12">
@@ -19916,51 +20153,51 @@
         <v>44057</v>
       </c>
       <c r="I248" s="12">
         <v>44149</v>
       </c>
       <c r="J248" s="24">
         <v>3</v>
       </c>
       <c r="K248" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L248" s="5">
         <v>8731888</v>
       </c>
       <c r="M248" s="5"/>
       <c r="N248" s="39" t="s">
         <v>305</v>
       </c>
       <c r="O248" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P248" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q248" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R248" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="249" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A249" s="5" t="s">
         <v>1167</v>
       </c>
       <c r="B249" s="22" t="s">
         <v>1168</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>1169</v>
       </c>
       <c r="D249" s="5" t="s">
         <v>1170</v>
       </c>
       <c r="E249" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F249" s="23">
         <v>39920</v>
       </c>
       <c r="G249" s="12">
@@ -20184,51 +20421,51 @@
       </c>
       <c r="H253" s="12">
         <v>44136</v>
       </c>
       <c r="I253" s="12">
         <v>44865</v>
       </c>
       <c r="J253" s="24">
         <v>24</v>
       </c>
       <c r="K253" s="5" t="s">
         <v>133</v>
       </c>
       <c r="L253" s="5"/>
       <c r="M253" s="5"/>
       <c r="N253" s="39" t="s">
         <v>134</v>
       </c>
       <c r="O253" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P253" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q253" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R253" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="254" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A254" s="5" t="s">
         <v>1188</v>
       </c>
       <c r="B254" s="22" t="s">
         <v>808</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>1189</v>
       </c>
       <c r="D254" s="5" t="s">
         <v>1190</v>
       </c>
       <c r="E254" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F254" s="23">
         <v>56068</v>
       </c>
       <c r="G254" s="12">
@@ -20290,51 +20527,51 @@
       </c>
       <c r="H255" s="12">
         <v>44197</v>
       </c>
       <c r="I255" s="12">
         <v>44561</v>
       </c>
       <c r="J255" s="24">
         <v>12</v>
       </c>
       <c r="K255" s="5" t="s">
         <v>1195</v>
       </c>
       <c r="L255" s="5"/>
       <c r="M255" s="5"/>
       <c r="N255" s="39" t="s">
         <v>1196</v>
       </c>
       <c r="O255" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P255" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q255" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R255" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="256" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A256" s="5" t="s">
         <v>1197</v>
       </c>
       <c r="B256" s="22" t="s">
         <v>802</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>1198</v>
       </c>
       <c r="D256" s="5" t="s">
         <v>1199</v>
       </c>
       <c r="E256" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F256" s="23">
         <v>84540</v>
       </c>
       <c r="G256" s="12">
@@ -20650,69 +20887,69 @@
       <c r="C262" s="5" t="s">
         <v>1227</v>
       </c>
       <c r="D262" s="5" t="s">
         <v>1229</v>
       </c>
       <c r="E262" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F262" s="16">
         <v>50500</v>
       </c>
       <c r="G262" s="12">
         <v>44176</v>
       </c>
       <c r="H262" s="12">
         <v>44197</v>
       </c>
       <c r="I262" s="12">
         <v>44561</v>
       </c>
       <c r="J262" s="17">
         <v>12</v>
       </c>
       <c r="K262" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L262" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M262">
         <v>108732</v>
       </c>
       <c r="N262" s="6" t="s">
         <v>167</v>
       </c>
       <c r="O262" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P262" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q262" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R262" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="263" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A263" s="5" t="s">
         <v>1230</v>
       </c>
       <c r="B263" s="22" t="s">
         <v>1231</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>1232</v>
       </c>
       <c r="D263" s="5" t="s">
         <v>1233</v>
       </c>
       <c r="E263" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F263" s="16">
         <v>53400</v>
       </c>
       <c r="G263" s="12">
@@ -21208,51 +21445,51 @@
         <v>44200</v>
       </c>
       <c r="I272" s="12">
         <v>44255</v>
       </c>
       <c r="J272" s="17">
         <v>2</v>
       </c>
       <c r="K272" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="L272" s="5">
         <v>5013662</v>
       </c>
       <c r="M272" s="5"/>
       <c r="N272" s="39" t="s">
         <v>1272</v>
       </c>
       <c r="O272" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P272" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q272" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R272" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="273" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A273" s="5" t="s">
         <v>1273</v>
       </c>
       <c r="B273" s="22" t="s">
         <v>408</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>1274</v>
       </c>
       <c r="D273" s="5" t="s">
         <v>1275</v>
       </c>
       <c r="E273" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F273" s="16">
         <v>7500</v>
       </c>
       <c r="G273" s="12">
@@ -21383,51 +21620,51 @@
       </c>
       <c r="O275" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P275" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q275" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R275" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="276" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A276" s="5" t="s">
         <v>1279</v>
       </c>
       <c r="B276" s="22" t="s">
         <v>1280</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>1281</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="E276" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F276" s="16">
         <v>6810</v>
       </c>
       <c r="G276" s="12">
         <v>44270</v>
       </c>
       <c r="H276" s="12">
         <v>44274</v>
       </c>
       <c r="I276" s="12">
         <v>44366</v>
       </c>
       <c r="J276" s="17">
         <v>3</v>
       </c>
       <c r="K276" s="5" t="s">
         <v>1282</v>
       </c>
       <c r="L276" s="17">
         <v>10449512</v>
       </c>
@@ -21536,9517 +21773,10537 @@
       <c r="K278" s="5" t="s">
         <v>916</v>
       </c>
       <c r="L278" s="5"/>
       <c r="M278" s="5">
         <v>1107264</v>
       </c>
       <c r="N278" s="39" t="s">
         <v>917</v>
       </c>
       <c r="O278" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P278" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q278" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R278" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="279" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A279" s="5" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="B279" s="34" t="s">
         <v>1293</v>
       </c>
       <c r="C279" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D279" s="5" t="s">
         <v>1306</v>
-      </c>
-[...1 lines deleted...]
-        <v>1307</v>
       </c>
       <c r="E279" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F279" s="23">
         <v>7500</v>
       </c>
       <c r="G279" s="12">
         <v>44270</v>
       </c>
       <c r="H279" s="12">
         <v>44277</v>
       </c>
       <c r="I279" s="12">
         <v>44428</v>
       </c>
       <c r="J279" s="24">
         <v>5</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="L279" s="5">
         <v>10652142</v>
       </c>
       <c r="M279" s="5"/>
       <c r="N279" s="39" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
       <c r="O279" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P279" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q279" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R279" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="280" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A280" s="5" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="B280" s="9" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D280" s="5" t="s">
         <v>1312</v>
-      </c>
-[...4 lines deleted...]
-        <v>1313</v>
       </c>
       <c r="E280" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F280" s="23">
         <v>94489</v>
       </c>
       <c r="G280" s="12">
         <v>44281</v>
       </c>
       <c r="H280" s="12">
         <v>44292</v>
       </c>
       <c r="I280" s="12">
         <v>44742</v>
       </c>
       <c r="J280" s="24">
         <v>15</v>
       </c>
       <c r="K280" s="5" t="s">
         <v>1009</v>
       </c>
       <c r="L280" s="5">
         <v>12157895</v>
       </c>
       <c r="M280" s="5"/>
       <c r="N280" s="39" t="s">
         <v>1010</v>
       </c>
       <c r="O280" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P280" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q280" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R280" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="281" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A281" s="5" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="B281" s="9" t="s">
-        <v>1294</v>
+        <v>1070</v>
       </c>
       <c r="C281" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D281" s="5" t="s">
         <v>1332</v>
-      </c>
-[...1 lines deleted...]
-        <v>1333</v>
       </c>
       <c r="E281" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F281" s="23">
         <v>58000</v>
       </c>
       <c r="G281" s="12">
         <v>44281</v>
       </c>
       <c r="H281" s="12">
         <v>44292</v>
       </c>
       <c r="I281" s="12">
         <v>44773</v>
       </c>
       <c r="J281" s="24">
         <v>16</v>
       </c>
       <c r="K281" s="5" t="s">
         <v>1069</v>
       </c>
       <c r="L281" s="5">
         <v>11082559</v>
       </c>
       <c r="M281" s="5"/>
       <c r="N281" s="39" t="s">
         <v>1071</v>
       </c>
       <c r="O281" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P281" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q281" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R281" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="282" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A282" s="5" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="B282" s="9" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="C282" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D282" s="5" t="s">
         <v>1328</v>
-      </c>
-[...1 lines deleted...]
-        <v>1329</v>
       </c>
       <c r="E282" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F282" s="23">
         <v>52839</v>
       </c>
       <c r="G282" s="12">
         <v>44281</v>
       </c>
       <c r="H282" s="12">
         <v>44440</v>
       </c>
       <c r="I282" s="12">
         <v>44804</v>
       </c>
       <c r="J282" s="24">
         <v>12</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="L282" s="5">
         <v>6024396</v>
       </c>
       <c r="M282" s="5"/>
       <c r="N282" s="39" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="O282" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P282" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q282" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R282" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="283" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A283" s="5" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
       <c r="B283" s="9" t="s">
         <v>326</v>
       </c>
       <c r="C283" s="5" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D283" s="5" t="s">
         <v>1330</v>
-      </c>
-[...1 lines deleted...]
-        <v>1331</v>
       </c>
       <c r="E283" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F283" s="35">
         <v>14929.3</v>
       </c>
       <c r="G283" s="12">
         <v>44281</v>
       </c>
       <c r="H283" s="12">
         <v>44284</v>
       </c>
       <c r="I283" s="12">
         <v>44358</v>
       </c>
       <c r="J283" s="24">
         <v>3</v>
       </c>
       <c r="K283" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L283" s="5">
         <v>5581537</v>
       </c>
       <c r="M283" s="5"/>
       <c r="N283" s="39" t="s">
         <v>330</v>
       </c>
       <c r="O283" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P283" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q283" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R283" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="284" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A284" s="5" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="B284" s="9" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="C284" s="5" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D284" s="5" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="E284" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F284" s="23">
         <v>15000</v>
       </c>
       <c r="G284" s="12">
         <v>44281</v>
       </c>
       <c r="H284" s="12">
         <v>44292</v>
       </c>
       <c r="I284" s="12">
         <v>44651</v>
       </c>
       <c r="J284" s="24">
         <v>12</v>
       </c>
       <c r="K284" s="5" t="s">
+        <v>1315</v>
+      </c>
+      <c r="L284" s="42" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="M284" s="5"/>
       <c r="N284" s="39" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="O284" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P284" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q284" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R284" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="285" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A285" s="5" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="B285" s="9" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="C285" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D285" s="5" t="s">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
       <c r="E285" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F285" s="23">
         <v>18750</v>
       </c>
       <c r="G285" s="12">
         <v>44281</v>
       </c>
       <c r="H285" s="12">
         <v>44292</v>
       </c>
       <c r="I285" s="12">
         <v>44408</v>
       </c>
       <c r="J285" s="24">
         <v>4</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="L285" s="5">
         <v>12373468</v>
       </c>
       <c r="M285" s="5"/>
       <c r="N285" s="39" t="s">
-        <v>1321</v>
+        <v>1320</v>
       </c>
       <c r="O285" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P285" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q285" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R285" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="286" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A286" s="5" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="B286" s="9" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="C286" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D286" s="5" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1327</v>
       </c>
       <c r="E286" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F286" s="23">
         <v>29750</v>
       </c>
       <c r="G286" s="12">
         <v>44281</v>
       </c>
       <c r="H286" s="12">
         <v>44301</v>
       </c>
       <c r="I286" s="12">
         <v>44712</v>
       </c>
       <c r="J286" s="24">
         <v>12</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="L286" s="5">
         <v>7891533</v>
       </c>
       <c r="M286" s="5">
         <v>1145706</v>
       </c>
       <c r="N286" s="39" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="O286" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P286" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q286" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R286" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="287" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A287" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B287" s="5" t="s">
         <v>1340</v>
       </c>
-      <c r="B287" s="5" t="s">
+      <c r="C287" s="5" t="s">
         <v>1341</v>
       </c>
-      <c r="C287" s="5" t="s">
+      <c r="D287" s="5" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
       <c r="E287" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F287" s="23">
         <v>7474</v>
       </c>
       <c r="G287" s="12">
         <v>44285</v>
       </c>
       <c r="H287" s="12">
         <v>44287</v>
       </c>
       <c r="I287" s="12">
         <v>44316</v>
       </c>
       <c r="J287" s="24">
         <v>1</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="L287" s="5"/>
       <c r="M287" s="5"/>
       <c r="N287" s="39" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="O287" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P287" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q287" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R287" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="288" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A288" s="5" t="s">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="B288" s="34" t="s">
         <v>615</v>
       </c>
       <c r="C288" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D288" s="5" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="E288" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F288" s="23">
         <v>25000</v>
       </c>
       <c r="G288" s="12">
         <v>44308</v>
       </c>
       <c r="H288" s="12">
         <v>44312</v>
       </c>
       <c r="I288" s="12">
         <v>44500</v>
       </c>
       <c r="J288" s="24">
         <v>6</v>
       </c>
       <c r="K288" s="24" t="s">
         <v>401</v>
       </c>
       <c r="L288" s="24">
         <v>7671157</v>
       </c>
       <c r="M288" s="24"/>
       <c r="N288" s="43" t="s">
         <v>402</v>
       </c>
       <c r="O288" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P288" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q288" s="24" t="s">
         <v>262</v>
       </c>
       <c r="R288" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="289" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A289" s="5" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="B289" s="34" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C289" s="5" t="s">
         <v>1358</v>
       </c>
-      <c r="C289" s="5" t="s">
+      <c r="D289" s="5" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
       <c r="E289" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F289" s="23">
         <v>350000</v>
       </c>
       <c r="G289" s="12">
         <v>44315</v>
       </c>
       <c r="H289" s="12">
         <v>44348</v>
       </c>
       <c r="I289" s="12">
         <v>45443</v>
       </c>
       <c r="J289" s="24">
         <v>36</v>
       </c>
       <c r="K289" s="24" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="L289" s="24">
         <v>5669443</v>
       </c>
       <c r="M289" s="24">
         <v>1130568</v>
       </c>
       <c r="N289" s="43" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="O289" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P289" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q289" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R289" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="290" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A290" s="5" t="s">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="B290" s="34" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C290" s="5" t="s">
         <v>1438</v>
       </c>
-      <c r="C290" s="5" t="s">
+      <c r="D290" s="5" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="E290" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F290" s="23">
         <v>7500</v>
       </c>
       <c r="G290" s="12">
         <v>44326</v>
       </c>
       <c r="H290" s="12">
         <v>44308</v>
       </c>
       <c r="I290" s="12">
         <v>44547</v>
       </c>
       <c r="J290" s="24">
         <v>8</v>
       </c>
       <c r="K290" s="5" t="s">
         <v>817</v>
       </c>
       <c r="L290" s="5">
         <v>11083851</v>
       </c>
       <c r="M290" s="5"/>
       <c r="N290" s="39" t="s">
         <v>818</v>
       </c>
       <c r="O290" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P290" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q290" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R290" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="291" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A291" s="5" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B291" s="34" t="s">
         <v>1346</v>
       </c>
-      <c r="B291" s="34" t="s">
+      <c r="C291" s="5" t="s">
         <v>1347</v>
       </c>
-      <c r="C291" s="5" t="s">
+      <c r="D291" s="5" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
       <c r="E291" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F291" s="23">
         <v>7000</v>
       </c>
       <c r="G291" s="12">
         <v>44329</v>
       </c>
       <c r="H291" s="12">
         <v>44348</v>
       </c>
       <c r="I291" s="12">
         <v>44530</v>
       </c>
       <c r="J291" s="24">
         <v>6</v>
       </c>
       <c r="K291" s="24" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="L291" s="5"/>
       <c r="M291" s="5"/>
       <c r="N291" s="39" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="O291" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P291" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q291" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R291" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="292" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A292" s="5" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B292" s="34" t="s">
         <v>1371</v>
       </c>
-      <c r="B292" s="34" t="s">
+      <c r="C292" s="5" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D292" s="5" t="s">
         <v>1372</v>
-      </c>
-[...4 lines deleted...]
-        <v>1373</v>
       </c>
       <c r="E292" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F292" s="23">
         <v>7500</v>
       </c>
       <c r="G292" s="12">
         <v>44371</v>
       </c>
       <c r="H292" s="12">
         <v>44378</v>
       </c>
       <c r="I292" s="12">
         <v>44561</v>
       </c>
       <c r="J292" s="24">
         <v>6</v>
       </c>
       <c r="K292" s="24" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
       <c r="L292" s="5">
         <v>1012357</v>
       </c>
       <c r="M292" s="5"/>
       <c r="N292" s="39" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
       <c r="O292" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P292" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q292" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R292" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="293" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A293" s="5" t="s">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="B293" s="34" t="s">
         <v>142</v>
       </c>
       <c r="C293" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D293" s="5" t="s">
         <v>1353</v>
-      </c>
-[...1 lines deleted...]
-        <v>1354</v>
       </c>
       <c r="E293" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F293" s="23">
         <v>47466</v>
       </c>
       <c r="G293" s="12">
         <v>44372</v>
       </c>
       <c r="H293" s="12">
         <v>44440</v>
       </c>
       <c r="I293" s="12">
         <v>45169</v>
       </c>
       <c r="J293" s="24">
         <v>24</v>
       </c>
       <c r="K293" s="5" t="s">
         <v>144</v>
       </c>
       <c r="L293" s="5">
         <v>7859667</v>
       </c>
       <c r="M293" s="5"/>
       <c r="N293" s="39" t="s">
         <v>145</v>
       </c>
       <c r="O293" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P293" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q293" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R293" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="294" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A294" s="5" t="s">
-        <v>1355</v>
+        <v>1354</v>
       </c>
       <c r="B294" s="34" t="s">
         <v>1159</v>
       </c>
       <c r="C294" s="5" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D294" s="5" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
       <c r="E294" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F294" s="23">
         <v>36192</v>
       </c>
       <c r="G294" s="12">
         <v>44372</v>
       </c>
       <c r="H294" s="12">
         <v>44378</v>
       </c>
       <c r="I294" s="12">
         <v>44742</v>
       </c>
       <c r="J294" s="24">
         <v>12</v>
       </c>
       <c r="K294" s="5" t="s">
         <v>1161</v>
       </c>
       <c r="L294" s="5">
         <v>5777831</v>
       </c>
       <c r="M294" s="5">
         <v>1114900</v>
       </c>
       <c r="N294" s="39" t="s">
         <v>1162</v>
       </c>
       <c r="O294" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P294" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q294" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R294" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="295" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A295" s="5" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="B295" s="34" t="s">
         <v>1057</v>
       </c>
       <c r="C295" s="5" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D295" s="5" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
       <c r="E295" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F295" s="23">
         <v>53336</v>
       </c>
       <c r="G295" s="12">
         <v>44372</v>
       </c>
       <c r="H295" s="12">
         <v>44378</v>
       </c>
       <c r="I295" s="12">
         <v>44742</v>
       </c>
       <c r="J295" s="24">
         <v>12</v>
       </c>
       <c r="K295" s="5" t="s">
         <v>1058</v>
       </c>
       <c r="L295" s="5">
         <v>615025</v>
       </c>
       <c r="M295" s="5"/>
       <c r="N295" s="39" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
       <c r="O295" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P295" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q295" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R295" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="296" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A296" s="5" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="B296" s="34" t="s">
         <v>408</v>
       </c>
       <c r="C296" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D296" s="5" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
       <c r="E296" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F296" s="23">
         <v>80000</v>
       </c>
       <c r="G296" s="12">
         <v>44372</v>
       </c>
       <c r="H296" s="12">
         <v>44378</v>
       </c>
       <c r="I296" s="12">
         <v>44742</v>
       </c>
       <c r="J296" s="24">
         <v>12</v>
       </c>
       <c r="K296" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L296" s="5">
         <v>2440899</v>
       </c>
       <c r="M296" s="5"/>
       <c r="N296" s="39" t="s">
         <v>412</v>
       </c>
       <c r="O296" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P296" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q296" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R296" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="297" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A297" s="5" t="s">
-        <v>1377</v>
+        <v>1376</v>
       </c>
       <c r="B297" s="34" t="s">
         <v>326</v>
       </c>
       <c r="C297" s="5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D297" s="5" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="E297" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F297" s="23">
         <v>7436</v>
       </c>
       <c r="G297" s="12">
         <v>44397</v>
       </c>
       <c r="H297" s="12">
         <v>44378</v>
       </c>
       <c r="I297" s="12">
         <v>44530</v>
       </c>
       <c r="J297" s="24">
         <v>5</v>
       </c>
       <c r="K297" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L297" s="5">
         <v>5581537</v>
       </c>
       <c r="M297" s="5"/>
       <c r="N297" s="39" t="s">
         <v>330</v>
       </c>
       <c r="O297" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P297" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q297" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R297" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="298" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A298" s="5" t="s">
-        <v>1380</v>
+        <v>1379</v>
       </c>
       <c r="B298" s="34" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="C298" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D298" s="5" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
       <c r="E298" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F298" s="23">
         <v>12500</v>
       </c>
       <c r="G298" s="12">
         <v>44398</v>
       </c>
       <c r="H298" s="12">
         <v>44396</v>
       </c>
       <c r="I298" s="12">
         <v>44550</v>
       </c>
       <c r="J298" s="24">
         <v>5</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="L298" s="5">
         <v>13065812</v>
       </c>
       <c r="M298" s="5"/>
       <c r="N298" s="39" t="s">
-        <v>1387</v>
+        <v>1386</v>
       </c>
       <c r="O298" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P298" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q298" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R298" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="299" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A299" s="5" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B299" s="5" t="s">
         <v>1381</v>
       </c>
-      <c r="B299" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C299" s="5" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1386</v>
+        <v>1385</v>
       </c>
       <c r="E299" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F299" s="23">
         <v>7500</v>
       </c>
       <c r="G299" s="12">
         <v>44398</v>
       </c>
       <c r="H299" s="12">
         <v>44396</v>
       </c>
       <c r="I299" s="12">
         <v>44550</v>
       </c>
       <c r="J299" s="24">
         <v>5</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="L299" s="5">
         <v>13065812</v>
       </c>
       <c r="M299" s="5"/>
       <c r="N299" s="39" t="s">
-        <v>1387</v>
+        <v>1386</v>
       </c>
       <c r="O299" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P299" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q299" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R299" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="300" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A300" s="5" t="s">
-        <v>1413</v>
+        <v>1412</v>
       </c>
       <c r="B300" s="36" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="C300" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D300" s="34" t="s">
         <v>1397</v>
-      </c>
-[...1 lines deleted...]
-        <v>1398</v>
       </c>
       <c r="E300" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F300" s="38">
         <v>18000</v>
       </c>
       <c r="G300" s="12">
         <v>44406</v>
       </c>
       <c r="H300" s="12">
         <v>44409</v>
       </c>
       <c r="I300" s="12">
         <v>44773</v>
       </c>
       <c r="J300" s="24">
         <v>12</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="L300" s="17">
         <v>6226595</v>
       </c>
       <c r="M300" s="5">
         <v>1123224</v>
       </c>
       <c r="N300" s="39" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="O300" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P300" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q300" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R300" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="301" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A301" s="5" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="B301" s="36" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
       <c r="C301" s="37" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="D301" s="34" t="s">
-        <v>1399</v>
+        <v>1398</v>
       </c>
       <c r="E301" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F301" s="38">
         <v>7500</v>
       </c>
       <c r="G301" s="12">
         <v>44467</v>
       </c>
       <c r="H301" s="12">
         <v>44470</v>
       </c>
       <c r="I301" s="12">
         <v>44681</v>
       </c>
       <c r="J301" s="24">
         <v>7</v>
       </c>
       <c r="K301" s="5" t="s">
         <v>111</v>
       </c>
       <c r="L301" s="5">
         <v>10165201</v>
       </c>
       <c r="M301" s="5"/>
       <c r="N301" s="39" t="s">
         <v>112</v>
       </c>
       <c r="O301" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P301" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q301" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R301" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="302" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A302" s="5" t="s">
-        <v>1414</v>
+        <v>1413</v>
       </c>
       <c r="B302" s="36" t="s">
         <v>828</v>
       </c>
       <c r="C302" s="37" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="D302" s="34" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="E302" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F302" s="38">
         <v>206100</v>
       </c>
       <c r="G302" s="12">
         <v>44470</v>
       </c>
       <c r="H302" s="12">
         <v>44501</v>
       </c>
       <c r="I302" s="12">
         <v>45596</v>
       </c>
       <c r="J302" s="24">
         <v>36</v>
       </c>
       <c r="K302" s="32" t="s">
         <v>834</v>
       </c>
       <c r="L302" s="32"/>
       <c r="M302" s="5"/>
       <c r="N302" s="40" t="s">
         <v>831</v>
       </c>
       <c r="O302" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P302" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q302" s="5" t="s">
         <v>832</v>
       </c>
       <c r="R302" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="303" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A303" s="5" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="B303" s="36" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="C303" s="37" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="D303" s="34" t="s">
-        <v>1401</v>
+        <v>1400</v>
       </c>
       <c r="E303" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F303" s="38">
         <v>65000</v>
       </c>
       <c r="G303" s="12">
         <v>44470</v>
       </c>
       <c r="H303" s="12">
         <v>44501</v>
       </c>
       <c r="I303" s="12">
         <v>44865</v>
       </c>
       <c r="J303" s="24">
         <v>12</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="L303" s="17">
         <v>2292601</v>
       </c>
       <c r="M303" s="17">
         <v>800065</v>
       </c>
       <c r="N303" s="39" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="O303" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P303" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q303" s="24" t="s">
         <v>32</v>
       </c>
       <c r="R303" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="304" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A304" s="5" t="s">
-        <v>1416</v>
+        <v>1415</v>
       </c>
       <c r="B304" s="36" t="s">
         <v>285</v>
       </c>
       <c r="C304" s="37" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="D304" s="34" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="E304" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F304" s="38">
         <v>165756</v>
       </c>
       <c r="G304" s="12">
         <v>44470</v>
       </c>
       <c r="H304" s="12">
         <v>44501</v>
       </c>
       <c r="I304" s="12">
         <v>45504</v>
       </c>
       <c r="J304" s="24">
         <v>33</v>
       </c>
       <c r="K304" s="24" t="s">
         <v>288</v>
       </c>
       <c r="L304" s="24">
         <v>10271424</v>
       </c>
       <c r="M304" s="24"/>
       <c r="N304" s="43" t="s">
         <v>289</v>
       </c>
       <c r="O304" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P304" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q304" s="24" t="s">
         <v>32</v>
       </c>
       <c r="R304" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="305" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A305" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B305" s="36" t="s">
         <v>1426</v>
       </c>
-      <c r="B305" s="36" t="s">
+      <c r="C305" s="37" t="s">
         <v>1427</v>
       </c>
-      <c r="C305" s="37" t="s">
+      <c r="D305" s="34" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="E305" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F305" s="38">
         <v>65971</v>
       </c>
       <c r="G305" s="12">
         <v>44470</v>
       </c>
       <c r="H305" s="12">
         <v>44562</v>
       </c>
       <c r="I305" s="12">
         <v>45291</v>
       </c>
       <c r="J305" s="24">
         <v>24</v>
       </c>
       <c r="K305" s="24" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="L305" s="5"/>
       <c r="M305" s="5"/>
       <c r="N305" s="6" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="O305" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P305" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q305" s="24" t="s">
         <v>32</v>
       </c>
       <c r="R305" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="306" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A306" s="5" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="B306" s="36" t="s">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="C306" s="37" t="s">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="D306" s="34" t="s">
-        <v>1402</v>
+        <v>1401</v>
       </c>
       <c r="E306" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F306" s="38">
         <v>7500</v>
       </c>
       <c r="G306" s="12">
         <v>44489</v>
       </c>
       <c r="H306" s="12">
         <v>44489</v>
       </c>
       <c r="I306" s="12">
         <v>44561</v>
       </c>
       <c r="J306" s="24">
         <v>3</v>
       </c>
       <c r="K306" s="24" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="L306" s="31">
         <v>12763121</v>
       </c>
       <c r="M306" s="5"/>
       <c r="N306" s="39" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="O306" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P306" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q306" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R306" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="307" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A307" s="5" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="B307" s="36" t="s">
-        <v>1294</v>
+        <v>1070</v>
       </c>
       <c r="C307" s="37" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="D307" s="34" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="E307" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F307" s="38">
         <v>7500</v>
       </c>
       <c r="G307" s="12">
         <v>44490</v>
       </c>
       <c r="H307" s="12">
         <v>44501</v>
       </c>
       <c r="I307" s="12">
         <v>44592</v>
       </c>
       <c r="J307" s="24">
         <v>3</v>
       </c>
       <c r="K307" s="5" t="s">
         <v>1069</v>
       </c>
       <c r="L307" s="5">
         <v>11082559</v>
       </c>
       <c r="M307" s="5"/>
       <c r="N307" s="39" t="s">
         <v>1071</v>
       </c>
       <c r="O307" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P307" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q307" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R307" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="308" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A308" s="5" t="s">
-        <v>1417</v>
+        <v>1416</v>
       </c>
       <c r="B308" s="10" t="s">
         <v>847</v>
       </c>
       <c r="C308" s="5" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D308" s="34" t="s">
         <v>1418</v>
-      </c>
-[...1 lines deleted...]
-        <v>1419</v>
       </c>
       <c r="E308" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F308" s="38">
         <v>299617</v>
       </c>
       <c r="G308" s="12">
         <v>44533</v>
       </c>
       <c r="H308" s="12">
         <v>44562</v>
       </c>
       <c r="I308" s="12">
         <v>45657</v>
       </c>
       <c r="J308" s="24">
         <v>36</v>
       </c>
       <c r="K308" s="5" t="s">
         <v>862</v>
       </c>
       <c r="L308" s="5"/>
       <c r="M308" s="5"/>
       <c r="N308" s="39" t="s">
         <v>857</v>
       </c>
       <c r="O308" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P308" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q308" s="5" t="s">
         <v>832</v>
       </c>
       <c r="R308" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="309" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A309" s="5" t="s">
-        <v>1420</v>
+        <v>1419</v>
       </c>
       <c r="B309" t="s">
         <v>125</v>
       </c>
       <c r="C309" s="37" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D309" s="34" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
       <c r="E309" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F309" s="38">
         <v>30000</v>
       </c>
       <c r="G309" s="12">
         <v>44533</v>
       </c>
       <c r="H309" s="12">
         <v>44562</v>
       </c>
       <c r="I309" s="12">
         <v>45107</v>
       </c>
       <c r="J309" s="24">
         <v>18</v>
       </c>
       <c r="K309" s="5" t="s">
         <v>128</v>
       </c>
       <c r="L309" s="5">
         <v>7103208</v>
       </c>
       <c r="M309" s="5"/>
       <c r="N309" s="6" t="s">
         <v>129</v>
       </c>
       <c r="O309" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P309" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q309" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R309" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="310" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A310" s="5" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
       <c r="B310" t="s">
         <v>1106</v>
       </c>
       <c r="C310" s="37" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D310" s="34" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="E310" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F310" s="38">
         <v>64067</v>
       </c>
       <c r="G310" s="12">
         <v>44533</v>
       </c>
       <c r="H310" s="12">
         <v>44562</v>
       </c>
       <c r="I310" s="12">
         <v>44926</v>
       </c>
       <c r="J310" s="24">
         <v>12</v>
       </c>
       <c r="K310" s="5" t="s">
         <v>277</v>
       </c>
       <c r="L310" s="5">
         <v>3855274</v>
       </c>
       <c r="M310" s="5"/>
       <c r="N310" s="39" t="s">
         <v>278</v>
       </c>
       <c r="O310" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P310" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q310" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R310" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="311" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A311" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C311" s="37" t="s">
         <v>1432</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" s="37" t="s">
+      <c r="D311" s="34" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
       <c r="E311" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F311" s="38">
         <v>7500</v>
       </c>
       <c r="G311" s="12">
         <v>44547</v>
       </c>
       <c r="H311" s="12">
         <v>44565</v>
       </c>
       <c r="I311" s="12">
         <v>44620</v>
       </c>
       <c r="J311" s="24">
         <v>2</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="L311" s="5"/>
       <c r="M311" s="5"/>
       <c r="N311" s="39" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="O311" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P311" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q311" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R311" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="312" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A312" s="5" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="B312" t="s">
         <v>1253</v>
       </c>
       <c r="C312" s="37" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D312" s="34" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="E312" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F312" s="38">
         <v>6550</v>
       </c>
       <c r="G312" s="12">
         <v>44579</v>
       </c>
       <c r="H312" s="12">
         <v>44593</v>
       </c>
       <c r="I312" s="12">
         <v>44742</v>
       </c>
       <c r="J312" s="24">
         <v>5</v>
       </c>
       <c r="K312" s="5" t="s">
         <v>1256</v>
       </c>
       <c r="L312" s="5">
         <v>12371546</v>
       </c>
       <c r="M312" s="5"/>
       <c r="N312" s="6" t="s">
         <v>1257</v>
       </c>
       <c r="O312" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P312" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q312" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R312" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="313" spans="1:18" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A313" s="5" t="s">
-        <v>1447</v>
+        <v>1446</v>
       </c>
       <c r="B313" s="44" t="s">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="C313" s="37" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D313" s="34" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
       <c r="E313" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F313" s="38">
         <v>16050</v>
       </c>
       <c r="G313" s="12">
         <v>44601</v>
       </c>
       <c r="H313" s="12">
         <v>44601</v>
       </c>
       <c r="I313" s="12">
         <v>44773</v>
       </c>
       <c r="J313" s="24">
         <v>6</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1465</v>
+        <v>1464</v>
       </c>
       <c r="L313">
         <v>6722321</v>
       </c>
       <c r="N313" s="6" t="s">
-        <v>1490</v>
+        <v>1489</v>
       </c>
       <c r="O313" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P313" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q313" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R313" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="314" spans="1:18" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A314" s="46" t="s">
-        <v>1448</v>
+        <v>1447</v>
       </c>
       <c r="B314" s="44" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="C314" s="37" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D314" s="34" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
       <c r="E314" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F314" s="38">
         <v>13980</v>
       </c>
       <c r="G314" s="12">
         <v>44601</v>
       </c>
       <c r="H314" s="12">
         <v>44601</v>
       </c>
       <c r="I314" s="12">
         <v>44773</v>
       </c>
       <c r="J314" s="24">
         <v>6</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
       <c r="O314" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P314" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q314" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R314" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="315" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="B315" s="44" t="s">
-        <v>1444</v>
+        <v>1443</v>
       </c>
       <c r="C315" s="37" t="s">
-        <v>1458</v>
+        <v>1457</v>
       </c>
       <c r="D315" s="34" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="E315" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F315" s="38">
         <v>13010</v>
       </c>
       <c r="G315" s="12">
         <v>44601</v>
       </c>
       <c r="H315" s="12">
         <v>44601</v>
       </c>
       <c r="I315" s="12">
         <v>44773</v>
       </c>
       <c r="J315" s="24">
         <v>6</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
       <c r="M315">
         <v>1188649</v>
       </c>
       <c r="N315" s="6" t="s">
-        <v>1491</v>
+        <v>1490</v>
       </c>
       <c r="O315" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P315" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q315" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R315" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="316" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
-        <v>1450</v>
+        <v>1449</v>
       </c>
       <c r="B316" s="45" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
       <c r="C316" s="37" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D316" s="34" t="s">
         <v>1459</v>
-      </c>
-[...1 lines deleted...]
-        <v>1460</v>
       </c>
       <c r="E316" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F316" s="38">
         <v>22786</v>
       </c>
       <c r="G316" s="12">
         <v>44609</v>
       </c>
       <c r="H316" s="12">
         <v>44613</v>
       </c>
       <c r="I316" s="12">
         <v>44733</v>
       </c>
       <c r="J316" s="24">
         <v>4</v>
       </c>
       <c r="K316" s="5" t="s">
         <v>916</v>
       </c>
       <c r="L316" s="5"/>
       <c r="M316" s="5">
         <v>1107264</v>
       </c>
       <c r="N316" s="39" t="s">
         <v>917</v>
       </c>
       <c r="O316" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P316" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q316" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R316" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="317" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="B317" s="45" t="s">
-        <v>1446</v>
+        <v>1445</v>
       </c>
       <c r="C317" s="37" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D317" s="34" t="s">
         <v>1461</v>
-      </c>
-[...1 lines deleted...]
-        <v>1462</v>
       </c>
       <c r="E317" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F317" s="38">
         <v>7500</v>
       </c>
       <c r="G317" s="12">
         <v>44615</v>
       </c>
       <c r="H317" s="12">
         <v>44621</v>
       </c>
       <c r="I317" s="12">
         <v>44804</v>
       </c>
       <c r="J317" s="24">
         <v>6</v>
       </c>
       <c r="K317" s="24" t="s">
         <v>349</v>
       </c>
       <c r="L317" s="24">
         <v>10768509</v>
       </c>
       <c r="M317" s="24"/>
       <c r="N317" s="47" t="s">
         <v>350</v>
       </c>
       <c r="O317" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P317" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q317" s="24" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R317" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="318" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="B318" s="45" t="s">
         <v>1143</v>
       </c>
       <c r="C318" s="37" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D318" s="34" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
       <c r="E318" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F318" s="38">
         <v>7450</v>
       </c>
       <c r="G318" s="12">
         <v>44635</v>
       </c>
       <c r="H318" s="12">
         <v>44635</v>
       </c>
       <c r="I318" s="12">
         <v>44804</v>
       </c>
       <c r="J318" s="24">
         <v>6</v>
       </c>
       <c r="K318" s="5" t="s">
         <v>1146</v>
       </c>
       <c r="L318" s="5">
         <v>12540908</v>
       </c>
       <c r="M318" s="5"/>
       <c r="N318" s="39" t="s">
         <v>1147</v>
       </c>
       <c r="O318" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P318" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q318" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R318" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="319" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
-        <v>1473</v>
+        <v>1472</v>
       </c>
       <c r="B319" s="9" t="s">
         <v>307</v>
       </c>
       <c r="C319" s="37" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D319" s="34" t="s">
         <v>1471</v>
-      </c>
-[...1 lines deleted...]
-        <v>1472</v>
       </c>
       <c r="E319" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F319" s="38">
         <v>318750</v>
       </c>
       <c r="G319" s="12">
         <v>44645</v>
       </c>
       <c r="H319" s="12">
         <v>44652</v>
       </c>
       <c r="I319" s="12">
         <v>45747</v>
       </c>
       <c r="J319" s="24">
         <v>36</v>
       </c>
       <c r="K319" s="5" t="s">
         <v>310</v>
       </c>
       <c r="L319" s="5">
         <v>10352176</v>
       </c>
       <c r="M319" s="5"/>
       <c r="N319" s="39" t="s">
         <v>311</v>
       </c>
       <c r="O319" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P319" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q319" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R319" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="320" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="B320" s="9" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
       <c r="C320" s="37" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D320" s="34" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="E320" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F320" s="38">
         <v>150000</v>
       </c>
       <c r="G320" s="12">
         <v>44645</v>
       </c>
       <c r="H320" s="12">
         <v>44652</v>
       </c>
       <c r="I320" s="12">
         <v>45565</v>
       </c>
       <c r="J320" s="24">
         <v>18</v>
       </c>
       <c r="K320" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N320" s="6" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="O320" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P320" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q320" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R320" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="321" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="B321" s="9" t="s">
         <v>863</v>
       </c>
       <c r="C321" s="37" t="s">
-        <v>1483</v>
+        <v>1482</v>
       </c>
       <c r="D321" s="34" t="s">
-        <v>1482</v>
+        <v>1481</v>
       </c>
       <c r="E321" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F321" s="38">
         <v>112405</v>
       </c>
       <c r="G321" s="12">
         <v>44645</v>
       </c>
       <c r="H321" s="12">
         <v>44652</v>
       </c>
       <c r="I321" s="12">
         <v>45051</v>
       </c>
       <c r="J321" s="24">
         <v>12</v>
       </c>
       <c r="K321" s="5" t="s">
         <v>867</v>
       </c>
       <c r="L321" s="5"/>
       <c r="M321" s="5"/>
       <c r="N321" s="39" t="s">
         <v>868</v>
       </c>
       <c r="O321" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P321" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q321" s="5" t="s">
         <v>832</v>
       </c>
       <c r="R321" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="322" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
-        <v>1476</v>
+        <v>1475</v>
       </c>
       <c r="B322" s="9" t="s">
-        <v>1469</v>
+        <v>1468</v>
       </c>
       <c r="C322" s="37" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D322" s="34" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="E322" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F322" s="38">
         <v>64999</v>
       </c>
       <c r="G322" s="12">
         <v>44645</v>
       </c>
       <c r="H322" s="12">
         <v>44682</v>
       </c>
       <c r="I322" s="12">
         <v>45046</v>
       </c>
       <c r="J322" s="24">
         <v>12</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="L322">
         <v>12073230</v>
       </c>
       <c r="N322" s="6" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="O322" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P322" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q322" s="24" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R322" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="323" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
-        <v>1477</v>
+        <v>1476</v>
       </c>
       <c r="B323" s="9" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="C323" s="37" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D323" s="34" t="s">
         <v>1488</v>
-      </c>
-[...1 lines deleted...]
-        <v>1489</v>
       </c>
       <c r="E323" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F323" s="38">
         <v>78352</v>
       </c>
       <c r="G323" s="12">
         <v>44645</v>
       </c>
       <c r="H323" s="12">
         <v>44743</v>
       </c>
       <c r="I323" s="12">
         <v>45473</v>
       </c>
       <c r="J323" s="24">
         <v>24</v>
       </c>
       <c r="K323" s="5" t="s">
         <v>99</v>
       </c>
       <c r="L323" s="5"/>
       <c r="M323" s="5"/>
       <c r="N323" s="39" t="s">
         <v>100</v>
       </c>
       <c r="O323" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P323" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q323" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R323" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="324" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="B324" t="s">
         <v>819</v>
       </c>
       <c r="C324" s="37" t="s">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="D324" s="34" t="s">
-        <v>1505</v>
+        <v>1504</v>
       </c>
       <c r="E324" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F324" s="38">
         <v>47920</v>
       </c>
       <c r="G324" s="12">
         <v>44736</v>
       </c>
       <c r="H324" s="12">
         <v>44746</v>
       </c>
       <c r="I324" s="12">
         <v>45107</v>
       </c>
       <c r="J324" s="24">
         <v>12</v>
       </c>
       <c r="K324" s="5" t="s">
         <v>822</v>
       </c>
       <c r="L324" s="5"/>
       <c r="M324" s="5"/>
       <c r="N324" s="39" t="s">
         <v>823</v>
       </c>
       <c r="O324" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P324" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q324" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R324" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="325" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
-        <v>1493</v>
+        <v>1492</v>
       </c>
       <c r="B325" t="s">
-        <v>1497</v>
+        <v>1496</v>
       </c>
       <c r="C325" s="37" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="D325" s="34" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="E325" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F325" s="38">
         <v>50000</v>
       </c>
       <c r="G325" s="12">
         <v>44736</v>
       </c>
       <c r="H325" s="12">
         <v>44746</v>
       </c>
       <c r="I325" s="12">
         <v>45291</v>
       </c>
       <c r="J325" s="24">
         <v>18</v>
       </c>
       <c r="K325" s="5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="N325" s="6" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
       <c r="O325" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P325" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q325" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R325" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="326" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="B326" t="s">
         <v>269</v>
       </c>
       <c r="C326" s="37" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="D326" s="34" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="E326" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F326" s="38">
         <v>65105</v>
       </c>
       <c r="G326" s="12">
         <v>44736</v>
       </c>
       <c r="H326" s="12">
         <v>44746</v>
       </c>
       <c r="I326" s="12">
         <v>45107</v>
       </c>
       <c r="J326" s="24">
         <v>12</v>
       </c>
       <c r="K326" s="5" t="s">
         <v>272</v>
       </c>
       <c r="L326" s="5"/>
       <c r="M326" s="5"/>
       <c r="N326" s="39" t="s">
         <v>273</v>
       </c>
       <c r="O326" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P326" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q326" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R326" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="327" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
-        <v>1495</v>
+        <v>1494</v>
       </c>
       <c r="B327" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
       <c r="C327" s="37" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="D327" s="34" t="s">
-        <v>1508</v>
+        <v>1507</v>
       </c>
       <c r="E327" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F327" s="38">
         <v>15275</v>
       </c>
       <c r="G327" s="12">
         <v>44736</v>
       </c>
       <c r="H327" s="12">
         <v>44746</v>
       </c>
       <c r="I327" s="12">
         <v>45107</v>
       </c>
       <c r="J327" s="24">
         <v>12</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>1516</v>
+        <v>1515</v>
       </c>
       <c r="L327">
         <v>9849153</v>
       </c>
       <c r="N327" s="6" t="s">
-        <v>1521</v>
+        <v>1520</v>
       </c>
       <c r="O327" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P327" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q327" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R327" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="328" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="B328" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="C328" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="D328" s="34" t="s">
-        <v>1509</v>
+        <v>1508</v>
       </c>
       <c r="E328" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F328" s="38">
         <v>21744</v>
       </c>
       <c r="G328" s="12">
         <v>44736</v>
       </c>
       <c r="H328" s="12">
         <v>44774</v>
       </c>
       <c r="I328" s="12">
         <v>45138</v>
       </c>
       <c r="J328" s="24">
         <v>12</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="L328">
         <v>2267125</v>
       </c>
       <c r="M328">
         <v>1081097</v>
       </c>
       <c r="N328" s="6" t="s">
-        <v>1518</v>
+        <v>1517</v>
       </c>
       <c r="O328" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P328" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q328" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R328" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="329" spans="1:18" s="46" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A329" s="46" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
       <c r="B329" s="46" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C329" s="46" t="s">
         <v>1510</v>
       </c>
-      <c r="C329" s="46" t="s">
+      <c r="D329" s="34" t="s">
         <v>1511</v>
-      </c>
-[...1 lines deleted...]
-        <v>1512</v>
       </c>
       <c r="E329" s="46" t="s">
         <v>22</v>
       </c>
       <c r="F329" s="38">
         <v>30000</v>
       </c>
       <c r="G329" s="48">
         <v>44736</v>
       </c>
       <c r="H329" s="48">
         <v>44774</v>
       </c>
       <c r="I329" s="48">
         <v>45443</v>
       </c>
       <c r="J329" s="49">
         <v>22</v>
       </c>
       <c r="K329" s="46" t="s">
-        <v>1519</v>
+        <v>1518</v>
       </c>
       <c r="L329" s="46">
         <v>1133776</v>
       </c>
       <c r="M329" s="46">
         <v>265249</v>
       </c>
       <c r="N329" s="50" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="O329" s="32" t="s">
         <v>24</v>
       </c>
       <c r="P329" s="32" t="s">
         <v>25</v>
       </c>
       <c r="Q329" s="32" t="s">
         <v>32</v>
       </c>
       <c r="R329" s="40" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="330" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B330" t="s">
         <v>1523</v>
       </c>
-      <c r="B330" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C330" s="37" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="D330" s="34" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
       <c r="E330" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F330" s="38">
         <v>7415</v>
       </c>
       <c r="G330" s="48">
         <v>44775</v>
       </c>
       <c r="H330" s="48">
         <v>44774</v>
       </c>
       <c r="I330" s="48">
         <v>44865</v>
       </c>
       <c r="J330" s="49">
         <v>3</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="N330" s="6" t="s">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="O330" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P330" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q330" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R330" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="331" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
-        <v>1553</v>
+        <v>1552</v>
       </c>
       <c r="B331" s="9" t="s">
         <v>302</v>
       </c>
       <c r="C331" s="37" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="D331" s="9" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="E331" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F331" s="51">
         <v>43100</v>
       </c>
       <c r="G331" s="52">
         <v>44805</v>
       </c>
       <c r="H331" s="52">
         <v>44805</v>
       </c>
       <c r="I331" s="52">
         <v>44926</v>
       </c>
       <c r="J331" s="54">
         <v>4</v>
       </c>
       <c r="K331" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L331" s="5">
         <v>8731888</v>
       </c>
       <c r="M331" s="5"/>
       <c r="N331" s="39" t="s">
         <v>305</v>
       </c>
       <c r="O331" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P331" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q331" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R331" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="332" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
-        <v>1556</v>
+        <v>1555</v>
       </c>
       <c r="B332" s="9" t="s">
         <v>326</v>
       </c>
       <c r="C332" s="37" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="D332" s="9" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="E332" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F332" s="51">
         <v>38498</v>
       </c>
       <c r="G332" s="52">
         <v>44834</v>
       </c>
       <c r="H332" s="55">
         <v>44835</v>
       </c>
       <c r="I332" s="52">
         <v>45138</v>
       </c>
       <c r="J332" s="53">
         <v>10</v>
       </c>
       <c r="K332" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L332" s="5">
         <v>5581537</v>
       </c>
       <c r="M332" s="5"/>
       <c r="N332" s="39" t="s">
         <v>330</v>
       </c>
       <c r="O332" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P332" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q332" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R332" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="333" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
       <c r="B333" s="9" t="s">
         <v>131</v>
       </c>
       <c r="C333" s="37" t="s">
         <v>131</v>
       </c>
       <c r="D333" s="9" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="E333" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F333" s="51">
         <v>64350</v>
       </c>
       <c r="G333" s="52">
         <v>44834</v>
       </c>
       <c r="H333" s="55">
         <v>44866</v>
       </c>
       <c r="I333" s="52">
         <v>45596</v>
       </c>
       <c r="J333" s="53">
         <v>24</v>
       </c>
       <c r="K333" s="5" t="s">
         <v>133</v>
       </c>
       <c r="L333" s="5"/>
       <c r="M333" s="5"/>
       <c r="N333" s="39" t="s">
         <v>134</v>
       </c>
       <c r="O333" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P333" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q333" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R333" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="334" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="B334" s="9" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="C334" s="37" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="D334" s="9" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
       <c r="E334" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F334" s="51">
         <v>42500</v>
       </c>
       <c r="G334" s="52">
         <v>44834</v>
       </c>
       <c r="H334" s="55">
         <v>44835</v>
       </c>
       <c r="I334" s="52">
         <v>45199</v>
       </c>
       <c r="J334" s="53">
         <v>12</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="L334" s="5">
         <v>13896309</v>
       </c>
       <c r="N334" s="6" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="O334" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P334" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q334" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R334" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="335" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
       <c r="B335" s="9" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="C335" s="37" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="D335" s="9" t="s">
-        <v>1538</v>
+        <v>1537</v>
       </c>
       <c r="E335" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F335" s="51">
         <v>35081</v>
       </c>
       <c r="G335" s="52">
         <v>44834</v>
       </c>
       <c r="H335" s="55">
         <v>44835</v>
       </c>
       <c r="I335" s="52">
         <v>45199</v>
       </c>
       <c r="J335" s="53">
         <v>12</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="L335" s="5">
         <v>2489161</v>
       </c>
       <c r="M335">
         <v>1048335</v>
       </c>
       <c r="N335" s="6" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
       <c r="O335" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P335" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q335" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R335" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="336" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="B336" s="9" t="s">
         <v>393</v>
       </c>
       <c r="C336" s="37" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="D336" s="9" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="E336" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F336" s="51">
         <v>51000</v>
       </c>
       <c r="G336" s="52">
         <v>44834</v>
       </c>
       <c r="H336" s="55">
         <v>44866</v>
       </c>
       <c r="I336" s="52">
         <v>45230</v>
       </c>
       <c r="J336" s="53">
         <v>12</v>
       </c>
       <c r="K336" s="5" t="s">
         <v>1251</v>
       </c>
       <c r="L336" s="5">
         <v>12253246</v>
       </c>
       <c r="M336" s="5"/>
       <c r="N336" s="39" t="s">
         <v>633</v>
       </c>
       <c r="O336" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P336" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q336" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R336" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="337" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
       <c r="B337" s="9" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
       <c r="C337" s="37" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="D337" s="9" t="s">
-        <v>1540</v>
+        <v>1539</v>
       </c>
       <c r="E337" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F337" s="51">
         <v>50000</v>
       </c>
       <c r="G337" s="52">
         <v>44834</v>
       </c>
       <c r="H337" s="55">
         <v>44866</v>
       </c>
       <c r="I337" s="52">
         <v>45230</v>
       </c>
       <c r="J337" s="53">
         <v>12</v>
       </c>
       <c r="K337" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N337" s="6" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
       <c r="O337" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P337" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q337" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R337" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="338" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="B338" s="9" t="s">
         <v>1073</v>
       </c>
       <c r="C338" s="37" t="s">
-        <v>1578</v>
+        <v>1577</v>
       </c>
       <c r="D338" s="9" t="s">
-        <v>1541</v>
+        <v>1540</v>
       </c>
       <c r="E338" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F338" s="51">
         <v>40000</v>
       </c>
       <c r="G338" s="52">
         <v>44834</v>
       </c>
       <c r="H338" s="52">
         <v>44927</v>
       </c>
       <c r="I338" s="52">
         <v>45291</v>
       </c>
       <c r="J338" s="53">
         <v>12</v>
       </c>
       <c r="K338" s="5" t="s">
         <v>1076</v>
       </c>
       <c r="L338" s="5">
         <v>1781526</v>
       </c>
       <c r="M338" s="5"/>
       <c r="N338" s="39" t="s">
         <v>1077</v>
       </c>
       <c r="O338" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P338" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q338" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R338" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="339" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="C339" s="37" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="D339" s="9" t="s">
-        <v>1542</v>
+        <v>1541</v>
       </c>
       <c r="E339" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F339" s="51">
         <v>11686</v>
       </c>
       <c r="G339" s="52">
         <v>44834</v>
       </c>
       <c r="H339" s="55">
         <v>44835</v>
       </c>
       <c r="I339" s="52">
         <v>45016</v>
       </c>
       <c r="J339" s="53">
         <v>6</v>
       </c>
       <c r="K339" s="5" t="s">
         <v>1256</v>
       </c>
       <c r="L339" s="5">
         <v>12371546</v>
       </c>
       <c r="M339" s="5"/>
       <c r="N339" s="6" t="s">
         <v>1257</v>
       </c>
       <c r="O339" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P339" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q339" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R339" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="340" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="B340" s="9" t="s">
         <v>1143</v>
       </c>
       <c r="C340" s="37" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="D340" s="9" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="E340" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F340" s="51">
         <v>84000</v>
       </c>
       <c r="G340" s="52">
         <v>44834</v>
       </c>
       <c r="H340" s="52">
         <v>44927</v>
       </c>
       <c r="I340" s="52">
         <v>45565</v>
       </c>
       <c r="J340" s="53">
         <v>21</v>
       </c>
       <c r="K340" s="5" t="s">
         <v>1146</v>
       </c>
       <c r="L340" s="5">
         <v>12540908</v>
       </c>
       <c r="M340" s="5"/>
       <c r="N340" s="6" t="s">
         <v>1147</v>
       </c>
       <c r="O340" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P340" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q340" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R340" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="341" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="B341" s="9" t="s">
         <v>408</v>
       </c>
       <c r="C341" s="37" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="D341" s="9" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="E341" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F341" s="51">
         <v>76500</v>
       </c>
       <c r="G341" s="52">
         <v>44875</v>
       </c>
       <c r="H341" s="55">
         <v>44896</v>
       </c>
       <c r="I341" s="52">
         <v>45260</v>
       </c>
       <c r="J341" s="53">
         <v>12</v>
       </c>
       <c r="K341" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L341" s="5">
         <v>2440899</v>
       </c>
       <c r="M341" s="5"/>
       <c r="N341" s="39" t="s">
         <v>412</v>
       </c>
       <c r="O341" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P341" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q341" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R341" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="342" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="B342" s="9" t="s">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="C342" s="37" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="E342" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F342" s="51">
         <v>45000</v>
       </c>
       <c r="G342" s="52">
         <v>44904</v>
       </c>
       <c r="H342" s="52">
         <v>44927</v>
       </c>
       <c r="I342" s="52">
         <v>45016</v>
       </c>
       <c r="J342" s="53">
         <v>3</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
       <c r="L342" s="54">
         <v>10436078</v>
       </c>
       <c r="N342" s="6" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="O342" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P342" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q342" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R342" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="343" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="B343" s="9" t="s">
         <v>802</v>
       </c>
       <c r="C343" s="37" t="s">
-        <v>1592</v>
+        <v>1591</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>1546</v>
+        <v>1545</v>
       </c>
       <c r="E343" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F343" s="51">
         <v>85801</v>
       </c>
       <c r="G343" s="52">
         <v>44904</v>
       </c>
       <c r="H343" s="52">
         <v>44927</v>
       </c>
       <c r="I343" s="52">
         <v>45473</v>
       </c>
       <c r="J343" s="54">
         <v>18</v>
       </c>
       <c r="K343" s="5" t="s">
         <v>805</v>
       </c>
       <c r="L343" s="5">
         <v>6982557</v>
       </c>
       <c r="M343" s="5"/>
       <c r="N343" s="6" t="s">
         <v>806</v>
       </c>
       <c r="O343" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P343" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q343" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R343" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="344" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
       <c r="B344" s="9" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="C344" s="37" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="D344" s="9" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="E344" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F344" s="51">
         <v>75177</v>
       </c>
       <c r="G344" s="52">
         <v>44904</v>
       </c>
       <c r="H344" s="52">
         <v>44927</v>
       </c>
       <c r="I344" s="52">
         <v>45291</v>
       </c>
       <c r="J344" s="53">
         <v>12</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="L344" s="17">
         <v>2292601</v>
       </c>
       <c r="M344" s="17">
         <v>800065</v>
       </c>
       <c r="N344" s="6" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="O344" s="24" t="s">
         <v>24</v>
       </c>
       <c r="P344" s="24" t="s">
         <v>25</v>
       </c>
       <c r="Q344" s="24" t="s">
         <v>32</v>
       </c>
       <c r="R344" s="43" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="345" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="B345" s="9" t="s">
         <v>1106</v>
       </c>
       <c r="C345" s="37" t="s">
-        <v>1594</v>
+        <v>1593</v>
       </c>
       <c r="D345" s="9" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
       <c r="E345" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F345" s="51">
         <v>57000</v>
       </c>
       <c r="G345" s="52">
         <v>44904</v>
       </c>
       <c r="H345" s="52">
         <v>44927</v>
       </c>
       <c r="I345" s="52">
         <v>45291</v>
       </c>
       <c r="J345" s="53">
         <v>12</v>
       </c>
       <c r="K345" s="5" t="s">
         <v>277</v>
       </c>
       <c r="L345" s="5">
         <v>3855274</v>
       </c>
       <c r="M345" s="5"/>
       <c r="N345" s="6" t="s">
         <v>278</v>
       </c>
       <c r="O345" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P345" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q345" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R345" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="346" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="B346" s="9" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C346" s="37" t="s">
         <v>1595</v>
       </c>
-      <c r="C346" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D346" s="9" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="E346" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F346" s="51">
         <v>44000</v>
       </c>
       <c r="G346" s="52">
         <v>44904</v>
       </c>
       <c r="H346" s="52">
         <v>44958</v>
       </c>
       <c r="I346" s="52">
         <v>45688</v>
       </c>
       <c r="J346" s="53">
         <v>24</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>1597</v>
+        <v>1596</v>
       </c>
       <c r="L346" s="54">
         <v>13055461</v>
       </c>
       <c r="N346" s="6" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="O346" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P346" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q346" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R346" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="347" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="B347" s="9" t="s">
         <v>914</v>
       </c>
       <c r="C347" s="37" t="s">
-        <v>1550</v>
+        <v>1549</v>
       </c>
       <c r="D347" s="9" t="s">
-        <v>1599</v>
+        <v>1598</v>
       </c>
       <c r="E347" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F347" s="51">
         <v>90000</v>
       </c>
       <c r="G347" s="52">
         <v>44904</v>
       </c>
       <c r="H347" s="52">
         <v>44927</v>
       </c>
       <c r="I347" s="52">
         <v>45473</v>
       </c>
       <c r="J347" s="53">
         <v>18</v>
       </c>
       <c r="K347" s="5" t="s">
         <v>916</v>
       </c>
       <c r="L347" s="5"/>
       <c r="M347" s="5">
         <v>1107264</v>
       </c>
       <c r="N347" s="6" t="s">
         <v>917</v>
       </c>
       <c r="O347" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P347" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q347" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R347" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="348" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="B348" s="9" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
       <c r="C348" s="37" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
       <c r="D348" s="9" t="s">
-        <v>1551</v>
+        <v>1550</v>
       </c>
       <c r="E348" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F348" s="51">
         <v>124741</v>
       </c>
       <c r="G348" s="52">
         <v>44904</v>
       </c>
       <c r="H348" s="52">
         <v>44927</v>
       </c>
       <c r="I348" s="52">
         <v>45504</v>
       </c>
       <c r="J348" s="53">
         <v>19</v>
       </c>
       <c r="K348" s="5" t="s">
         <v>902</v>
       </c>
       <c r="L348" s="5">
         <v>9413132</v>
       </c>
       <c r="M348" s="5"/>
       <c r="N348" s="6" t="s">
         <v>903</v>
       </c>
       <c r="O348" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P348" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q348" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R348" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="349" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="B349" s="9" t="s">
         <v>408</v>
       </c>
       <c r="C349" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="D349" s="9" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
       <c r="E349" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F349" s="51">
         <v>28650</v>
       </c>
       <c r="G349" s="52">
         <v>44904</v>
       </c>
       <c r="H349" s="52">
         <v>44927</v>
       </c>
       <c r="I349" s="52">
         <v>45747</v>
       </c>
       <c r="J349" s="54">
         <v>27</v>
       </c>
       <c r="K349" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L349" s="17">
         <v>2440899</v>
       </c>
       <c r="M349" s="5"/>
       <c r="N349" s="6" t="s">
         <v>412</v>
       </c>
       <c r="O349" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P349" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q349" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R349" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="350" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
-        <v>1604</v>
+        <v>1603</v>
       </c>
       <c r="B350" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C350" s="37" t="s">
         <v>1601</v>
       </c>
-      <c r="C350" s="37" t="s">
+      <c r="D350" s="34" t="s">
         <v>1602</v>
-      </c>
-[...1 lines deleted...]
-        <v>1603</v>
       </c>
       <c r="E350" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F350" s="56">
         <v>7500</v>
       </c>
       <c r="G350" s="52">
         <v>44957</v>
       </c>
       <c r="H350" s="52">
         <v>44958</v>
       </c>
       <c r="I350" s="52">
         <v>45107</v>
       </c>
       <c r="J350" s="54">
         <v>5</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>1605</v>
+        <v>1604</v>
       </c>
       <c r="L350">
         <v>4213118</v>
       </c>
       <c r="N350" s="6" t="s">
-        <v>1606</v>
+        <v>1605</v>
       </c>
       <c r="O350" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P350" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q350" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R350" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="351" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="B351" s="34" t="s">
         <v>408</v>
       </c>
       <c r="C351" s="37" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D351" s="34" t="s">
         <v>1608</v>
-      </c>
-[...1 lines deleted...]
-        <v>1609</v>
       </c>
       <c r="E351" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F351" s="56">
         <v>40822</v>
       </c>
       <c r="G351" s="52">
         <v>44965</v>
       </c>
       <c r="H351" s="52">
         <v>44966</v>
       </c>
       <c r="I351" s="52">
         <v>45077</v>
       </c>
       <c r="J351" s="54">
         <v>4</v>
       </c>
       <c r="K351" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L351" s="17">
         <v>2440899</v>
       </c>
       <c r="M351" s="5"/>
       <c r="N351" s="6" t="s">
         <v>412</v>
       </c>
       <c r="O351" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P351" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q351" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R351" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="352" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B352" s="34" t="s">
         <v>1679</v>
       </c>
-      <c r="B352" s="34" t="s">
+      <c r="C352" s="37" t="s">
         <v>1680</v>
       </c>
-      <c r="C352" s="37" t="s">
+      <c r="D352" s="34" t="s">
         <v>1681</v>
-      </c>
-[...1 lines deleted...]
-        <v>1682</v>
       </c>
       <c r="E352" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F352" s="56">
         <v>5000</v>
       </c>
       <c r="G352" s="52">
         <v>44977</v>
       </c>
       <c r="H352" s="52">
         <v>44986</v>
       </c>
       <c r="I352" s="52">
         <v>45351</v>
       </c>
       <c r="J352" s="54">
         <v>12</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>1683</v>
+        <v>1682</v>
       </c>
       <c r="L352" s="17"/>
       <c r="M352" s="5"/>
       <c r="N352" s="6"/>
       <c r="O352" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P352" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q352" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R352" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="353" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="B353" s="34" t="s">
-        <v>1610</v>
+        <v>1609</v>
       </c>
       <c r="C353" s="37" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="D353" s="34" t="s">
-        <v>1633</v>
+        <v>1632</v>
       </c>
       <c r="E353" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F353" s="56">
         <v>45761</v>
       </c>
       <c r="G353" s="52">
         <v>45016</v>
       </c>
       <c r="H353" s="52">
         <v>45078</v>
       </c>
       <c r="I353" s="52">
         <v>45443</v>
       </c>
       <c r="J353" s="54">
         <v>12</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>1636</v>
+        <v>1635</v>
       </c>
       <c r="L353" s="54">
         <v>4332105</v>
       </c>
       <c r="N353" s="6" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="O353" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P353" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q353" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R353" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="354" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B354" s="34" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C354" s="37" t="s">
         <v>1645</v>
       </c>
-      <c r="B354" s="34" t="s">
+      <c r="D354" s="34" t="s">
         <v>1647</v>
-      </c>
-[...4 lines deleted...]
-        <v>1648</v>
       </c>
       <c r="E354" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F354" s="56">
         <v>18975</v>
       </c>
       <c r="G354" s="52">
         <v>45016</v>
       </c>
       <c r="H354" s="52">
         <v>45047</v>
       </c>
       <c r="I354" s="52">
         <v>45169</v>
       </c>
       <c r="J354" s="54">
         <v>4</v>
       </c>
       <c r="K354" s="5" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="L354" s="5"/>
       <c r="M354" s="5"/>
       <c r="N354" s="39" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="O354" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P354" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q354" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R354" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="355" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="B355" s="34" t="s">
-        <v>1611</v>
+        <v>1610</v>
       </c>
       <c r="C355" s="37" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="D355" s="34" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="E355" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F355" s="56">
         <v>40000</v>
       </c>
       <c r="G355" s="52">
         <v>45016</v>
       </c>
       <c r="H355" s="52">
         <v>45017</v>
       </c>
       <c r="I355" s="52">
         <v>45199</v>
       </c>
       <c r="J355" s="54">
         <v>6</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
       <c r="L355" s="54">
         <v>9630980</v>
       </c>
       <c r="N355" s="6" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="O355" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P355" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q355" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R355" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="356" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="B356" s="34" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="C356" s="37" t="s">
-        <v>1624</v>
+        <v>1623</v>
       </c>
       <c r="D356" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="E356" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F356" s="56">
         <v>40375</v>
       </c>
       <c r="G356" s="52">
         <v>45016</v>
       </c>
       <c r="H356" s="52">
         <v>45047</v>
       </c>
       <c r="I356" s="52">
         <v>45412</v>
       </c>
       <c r="J356" s="54">
         <v>12</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="L356" s="5">
         <v>6024396</v>
       </c>
       <c r="M356" s="5"/>
       <c r="N356" s="39" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="O356" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P356" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q356" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R356" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="357" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
-        <v>1618</v>
+        <v>1617</v>
       </c>
       <c r="B357" s="34" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="C357" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="D357" t="s">
-        <v>1631</v>
+        <v>1630</v>
       </c>
       <c r="E357" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F357" s="56">
         <v>39936</v>
       </c>
       <c r="G357" s="52">
         <v>45016</v>
       </c>
       <c r="H357" s="52">
         <v>45017</v>
       </c>
       <c r="I357" s="52">
         <v>45322</v>
       </c>
       <c r="J357" s="54">
         <v>10</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="L357" s="54">
         <v>11767284</v>
       </c>
       <c r="N357" s="6" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="O357" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P357" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q357" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R357" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="358" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
-        <v>1619</v>
+        <v>1618</v>
       </c>
       <c r="B358" s="34" t="s">
         <v>1159</v>
       </c>
       <c r="C358" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="D358" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="E358" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F358" s="56">
         <v>39971</v>
       </c>
       <c r="G358" s="52">
         <v>45016</v>
       </c>
       <c r="H358" s="52">
         <v>45017</v>
       </c>
       <c r="I358" s="52">
         <v>45382</v>
       </c>
       <c r="J358" s="54">
         <v>12</v>
       </c>
       <c r="K358" s="5" t="s">
         <v>1161</v>
       </c>
       <c r="L358" s="5">
         <v>5777831</v>
       </c>
       <c r="M358" s="5">
         <v>1114900</v>
       </c>
       <c r="N358" s="39" t="s">
         <v>1162</v>
       </c>
       <c r="O358" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P358" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q358" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R358" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="359" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="B359" s="34" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="C359" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="D359" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
       <c r="E359" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F359" s="56">
         <v>37266</v>
       </c>
       <c r="G359" s="52">
         <v>45016</v>
       </c>
       <c r="H359" s="52">
         <v>45047</v>
       </c>
       <c r="I359" s="52">
         <v>45412</v>
       </c>
       <c r="J359" s="54">
         <v>12</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="L359" s="5">
         <v>7891533</v>
       </c>
       <c r="M359" s="5">
         <v>1145706</v>
       </c>
       <c r="N359" s="39" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="O359" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P359" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q359" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R359" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="360" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="B360" s="34" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
       <c r="C360" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="D360" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
       <c r="E360" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F360" s="56">
         <v>7225</v>
       </c>
       <c r="G360" s="52">
         <v>45020</v>
       </c>
       <c r="H360" s="52">
         <v>45020</v>
       </c>
       <c r="I360" s="52">
         <v>45077</v>
       </c>
       <c r="J360" s="54">
         <v>2</v>
       </c>
       <c r="K360" s="5" t="s">
         <v>995</v>
       </c>
       <c r="L360" s="5">
         <v>3409935</v>
       </c>
       <c r="M360" s="5">
         <v>1063609</v>
       </c>
       <c r="N360" s="39" t="s">
         <v>996</v>
       </c>
       <c r="O360" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P360" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q360" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R360" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="361" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B361" s="34" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C361" t="s">
         <v>1642</v>
       </c>
-      <c r="B361" s="34" t="s">
-[...2 lines deleted...]
-      <c r="C361" t="s">
+      <c r="D361" t="s">
         <v>1643</v>
-      </c>
-[...1 lines deleted...]
-        <v>1644</v>
       </c>
       <c r="E361" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F361" s="56">
         <v>81059</v>
       </c>
       <c r="G361" s="52">
         <v>45042</v>
       </c>
       <c r="H361" s="52">
         <v>45047</v>
       </c>
       <c r="I361" s="52">
         <v>45291</v>
       </c>
       <c r="J361" s="54">
         <v>8</v>
       </c>
       <c r="K361" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N361" s="6" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="O361" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P361" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q361" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R361" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="362" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
-        <v>1649</v>
+        <v>1648</v>
       </c>
       <c r="B362" s="34" t="s">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="C362" t="s">
-        <v>1657</v>
+        <v>1656</v>
       </c>
       <c r="D362" t="s">
-        <v>1671</v>
+        <v>1670</v>
       </c>
       <c r="E362" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F362" s="56">
         <v>39356</v>
       </c>
       <c r="G362" s="52">
         <v>45100</v>
       </c>
       <c r="H362" s="52">
         <v>45108</v>
       </c>
       <c r="I362" s="52">
         <v>45473</v>
       </c>
       <c r="J362" s="54">
         <v>12</v>
       </c>
       <c r="K362" s="24" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="L362" s="31">
         <v>12763121</v>
       </c>
       <c r="M362" s="5"/>
       <c r="N362" s="6" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="O362" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P362" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q362" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R362" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="363" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B363" s="34" t="s">
         <v>1650</v>
       </c>
-      <c r="B363" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C363" t="s">
-        <v>1651</v>
+        <v>1650</v>
       </c>
       <c r="D363" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
       <c r="E363" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F363" s="56">
         <v>50000</v>
       </c>
       <c r="G363" s="52">
         <v>45100</v>
       </c>
       <c r="H363" s="52">
         <v>45108</v>
       </c>
       <c r="I363" s="52">
         <v>45473</v>
       </c>
       <c r="J363" s="54">
         <v>12</v>
       </c>
       <c r="K363" s="24" t="s">
-        <v>1659</v>
+        <v>1658</v>
       </c>
       <c r="L363" s="54">
         <v>13479632</v>
       </c>
       <c r="N363" s="6" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
       <c r="O363" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P363" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q363" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R363" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="364" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="B364" s="34" t="s">
         <v>819</v>
       </c>
       <c r="C364" t="s">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="D364" t="s">
-        <v>1672</v>
+        <v>1671</v>
       </c>
       <c r="E364" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F364" s="56">
         <v>48364</v>
       </c>
       <c r="G364" s="52">
         <v>45100</v>
       </c>
       <c r="H364" s="52">
         <v>45108</v>
       </c>
       <c r="I364" s="52">
         <v>45473</v>
       </c>
       <c r="J364" s="54">
         <v>12</v>
       </c>
       <c r="K364" s="5" t="s">
         <v>822</v>
       </c>
       <c r="L364" s="5"/>
       <c r="M364" s="5"/>
       <c r="N364" s="6" t="s">
         <v>823</v>
       </c>
       <c r="O364" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P364" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q364" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R364" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="365" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="B365" s="34" t="s">
         <v>1237</v>
       </c>
       <c r="C365" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D365" t="s">
         <v>1661</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
       <c r="E365" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F365" s="56">
         <v>72048</v>
       </c>
       <c r="G365" s="52">
         <v>45100</v>
       </c>
       <c r="H365" s="52">
         <v>45108</v>
       </c>
       <c r="I365" s="52">
         <v>45473</v>
       </c>
       <c r="J365" s="54">
         <v>12</v>
       </c>
       <c r="K365" s="5" t="s">
         <v>1240</v>
       </c>
       <c r="L365" s="5">
         <v>12052097</v>
       </c>
       <c r="M365" s="5"/>
       <c r="N365" s="6" t="s">
         <v>1241</v>
       </c>
       <c r="O365" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P365" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q365" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R365" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="366" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B366" s="34" t="s">
         <v>1654</v>
       </c>
-      <c r="B366" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C366" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="D366" t="s">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="E366" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F366" s="56">
         <v>50380</v>
       </c>
       <c r="G366" s="52">
         <v>45100</v>
       </c>
       <c r="H366" s="52">
         <v>45139</v>
       </c>
       <c r="I366" s="52">
         <v>45504</v>
       </c>
       <c r="J366" s="54">
         <v>12</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="L366" s="54">
         <v>14375527</v>
       </c>
       <c r="N366" s="6" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="O366" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P366" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q366" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R366" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="367" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
-        <v>1656</v>
+        <v>1655</v>
       </c>
       <c r="B367" s="34" t="s">
         <v>914</v>
       </c>
       <c r="C367" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D367" t="s">
         <v>1666</v>
-      </c>
-[...1 lines deleted...]
-        <v>1667</v>
       </c>
       <c r="E367" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F367" s="57">
         <v>238006</v>
       </c>
       <c r="G367" s="52">
         <v>45100</v>
       </c>
       <c r="H367" s="52">
         <v>45108</v>
       </c>
       <c r="I367" s="52">
         <v>45657</v>
       </c>
       <c r="J367" s="54">
         <v>18</v>
       </c>
       <c r="K367" s="5" t="s">
         <v>916</v>
       </c>
       <c r="L367" s="5"/>
       <c r="M367" s="5">
         <v>1107264</v>
       </c>
       <c r="N367" s="6" t="s">
         <v>917</v>
       </c>
       <c r="O367" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P367" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q367" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R367" s="6" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="368" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B368" s="34" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C368" t="s">
         <v>1668</v>
       </c>
-      <c r="B368" s="34" t="s">
-[...2 lines deleted...]
-      <c r="C368" t="s">
+      <c r="D368" t="s">
         <v>1669</v>
-      </c>
-[...1 lines deleted...]
-        <v>1670</v>
       </c>
       <c r="E368" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F368" s="56">
         <v>8500</v>
       </c>
       <c r="G368" s="52">
         <v>45117</v>
       </c>
       <c r="H368" s="52">
         <v>45170</v>
       </c>
       <c r="I368" s="52">
         <v>45443</v>
       </c>
       <c r="J368" s="54">
         <v>9</v>
       </c>
       <c r="K368" s="5" t="s">
+        <v>1315</v>
+      </c>
+      <c r="L368" s="42" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="M368" s="5"/>
       <c r="N368" s="39" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="O368" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P368" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q368" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R368" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="369" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B369" s="34" t="s">
         <v>1673</v>
       </c>
-      <c r="B369" s="34" t="s">
+      <c r="C369" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D369" t="s">
         <v>1674</v>
-      </c>
-[...4 lines deleted...]
-        <v>1675</v>
       </c>
       <c r="E369" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F369" s="56">
         <v>10000</v>
       </c>
       <c r="G369" s="52">
         <v>45125</v>
       </c>
       <c r="H369" s="52">
         <v>45158</v>
       </c>
       <c r="I369" s="52">
         <v>45524</v>
       </c>
       <c r="J369" s="54">
         <v>12</v>
       </c>
       <c r="K369" s="5" t="s">
-        <v>1677</v>
+        <v>1676</v>
       </c>
       <c r="L369" s="54">
         <v>11545187</v>
       </c>
       <c r="N369" s="6" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
       <c r="O369" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P369" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q369" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R369" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="370" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="B370" s="34" t="s">
-        <v>1684</v>
+        <v>1683</v>
       </c>
       <c r="C370" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D370" t="s">
         <v>1717</v>
-      </c>
-[...1 lines deleted...]
-        <v>1718</v>
       </c>
       <c r="E370" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F370" s="51">
         <v>17000</v>
       </c>
       <c r="G370" s="52">
         <v>45205</v>
       </c>
       <c r="H370" s="55">
         <v>45231</v>
       </c>
       <c r="I370" s="52">
         <v>45412</v>
       </c>
       <c r="J370" s="54">
         <v>6</v>
       </c>
       <c r="K370" s="5" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="M370">
         <v>282857</v>
       </c>
       <c r="N370" s="6" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="O370" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P370" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q370" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R370" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="371" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="B371" s="34" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="C371" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
       <c r="D371" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="E371" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F371" s="51">
         <v>28090</v>
       </c>
       <c r="G371" s="52">
         <v>45205</v>
       </c>
       <c r="H371" s="55">
         <v>45215</v>
       </c>
       <c r="I371" s="52">
         <v>45504</v>
       </c>
       <c r="J371" s="54">
         <v>10</v>
       </c>
       <c r="K371" s="5" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="L371">
         <v>12815878</v>
       </c>
       <c r="N371" s="6" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="O371" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P371" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q371" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R371" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="372" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="B372" s="34" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="C372" t="s">
-        <v>1725</v>
+        <v>1724</v>
       </c>
       <c r="D372" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
       <c r="E372" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F372" s="51">
         <v>19610</v>
       </c>
       <c r="G372" s="52">
         <v>45205</v>
       </c>
       <c r="H372" s="55">
         <v>45215</v>
       </c>
       <c r="I372" s="52">
         <v>45504</v>
       </c>
       <c r="J372" s="54">
         <v>10</v>
       </c>
       <c r="K372" s="5" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="L372">
         <v>14045620</v>
       </c>
       <c r="N372" s="6" t="s">
-        <v>1727</v>
+        <v>1726</v>
       </c>
       <c r="O372" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P372" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q372" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R372" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="373" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>1699</v>
+        <v>1698</v>
       </c>
       <c r="B373" s="34" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="C373" t="s">
-        <v>1728</v>
+        <v>1727</v>
       </c>
       <c r="D373" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="E373" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F373" s="51">
         <v>56000</v>
       </c>
       <c r="G373" s="52">
         <v>45205</v>
       </c>
       <c r="H373" s="55">
         <v>45215</v>
       </c>
       <c r="I373" s="52">
         <v>45382</v>
       </c>
       <c r="J373" s="54">
         <v>6</v>
       </c>
       <c r="K373" s="5" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="L373">
         <v>11620742</v>
       </c>
       <c r="N373" s="6" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="O373" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P373" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q373" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R373" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="374" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="B374" s="34" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="C374" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="D374" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="E374" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F374" s="51">
         <v>35000</v>
       </c>
       <c r="G374" s="52">
         <v>45205</v>
       </c>
       <c r="H374" s="55">
         <v>45215</v>
       </c>
       <c r="I374" s="52">
         <v>45322</v>
       </c>
       <c r="J374" s="54">
         <v>4</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="L374">
         <v>14977632</v>
       </c>
       <c r="N374" s="6" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
       <c r="O374" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P374" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q374" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R374" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="375" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
       <c r="B375" s="34" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
       <c r="C375" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D375" t="s">
         <v>1734</v>
-      </c>
-[...1 lines deleted...]
-        <v>1735</v>
       </c>
       <c r="E375" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F375" s="51">
         <v>34000</v>
       </c>
       <c r="G375" s="52">
         <v>45205</v>
       </c>
       <c r="H375" s="55">
         <v>45231</v>
       </c>
       <c r="I375" s="52">
         <v>45747</v>
       </c>
       <c r="J375" s="54">
         <v>18</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>1605</v>
+        <v>1604</v>
       </c>
       <c r="L375">
         <v>4213118</v>
       </c>
       <c r="N375" s="6" t="s">
-        <v>1736</v>
+        <v>1735</v>
       </c>
       <c r="O375" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P375" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q375" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R375" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="376" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="B376" s="34" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="C376" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D376" t="s">
         <v>1737</v>
-      </c>
-[...1 lines deleted...]
-        <v>1738</v>
       </c>
       <c r="E376" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F376" s="51">
         <v>45368</v>
       </c>
       <c r="G376" s="52">
         <v>45205</v>
       </c>
       <c r="H376" s="55">
         <v>45231</v>
       </c>
       <c r="I376" s="52">
         <v>45961</v>
       </c>
       <c r="J376" s="54">
         <v>24</v>
       </c>
       <c r="K376" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="L376" s="60" t="s">
         <v>1739</v>
       </c>
-      <c r="L376" s="60" t="s">
+      <c r="N376" s="6" t="s">
         <v>1740</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
       <c r="O376" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P376" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q376" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R376" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="377" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
       <c r="B377" s="34" t="s">
         <v>164</v>
       </c>
       <c r="C377" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D377" t="s">
         <v>1742</v>
-      </c>
-[...1 lines deleted...]
-        <v>1743</v>
       </c>
       <c r="E377" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F377" s="51">
         <v>44910</v>
       </c>
       <c r="G377" s="52">
         <v>45205</v>
       </c>
       <c r="H377" s="55">
         <v>45261</v>
       </c>
       <c r="I377" s="52">
         <v>45808</v>
       </c>
       <c r="J377" s="54">
         <v>18</v>
       </c>
       <c r="K377" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="L377" s="60" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
       <c r="M377">
         <v>108732</v>
       </c>
       <c r="N377" s="6" t="s">
         <v>167</v>
       </c>
       <c r="O377" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P377" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q377" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R377" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="378" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="B378" s="34" t="s">
         <v>615</v>
       </c>
       <c r="C378" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D378" t="s">
         <v>1746</v>
-      </c>
-[...1 lines deleted...]
-        <v>1747</v>
       </c>
       <c r="E378" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F378" s="51">
         <v>68000</v>
       </c>
       <c r="G378" s="52">
         <v>45205</v>
       </c>
       <c r="H378" s="55">
         <v>45261</v>
       </c>
       <c r="I378" s="52">
         <v>45443</v>
       </c>
       <c r="J378" s="54">
         <v>6</v>
       </c>
       <c r="K378" s="24" t="s">
         <v>401</v>
       </c>
       <c r="L378" s="24">
         <v>7671157</v>
       </c>
       <c r="M378" s="24"/>
       <c r="N378" s="47" t="s">
         <v>402</v>
       </c>
       <c r="O378" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P378" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q378" t="s">
         <v>32</v>
       </c>
       <c r="R378" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="379" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="B379" s="34" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="C379" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D379" t="s">
         <v>1748</v>
-      </c>
-[...1 lines deleted...]
-        <v>1749</v>
       </c>
       <c r="E379" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F379" s="51">
         <v>71500</v>
       </c>
       <c r="G379" s="52">
         <v>45205</v>
       </c>
       <c r="H379" s="55">
         <v>45237</v>
       </c>
       <c r="I379" s="52">
         <v>45657</v>
       </c>
       <c r="J379" s="54">
         <v>14</v>
       </c>
       <c r="K379" s="24" t="s">
+        <v>1749</v>
+      </c>
+      <c r="N379" s="6" t="s">
         <v>1750</v>
-      </c>
-[...1 lines deleted...]
-        <v>1751</v>
       </c>
       <c r="O379" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P379" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q379" t="s">
         <v>813</v>
       </c>
       <c r="R379" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="380" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
       <c r="B380" s="34" t="s">
         <v>942</v>
       </c>
       <c r="C380" t="s">
-        <v>1752</v>
+        <v>1751</v>
       </c>
       <c r="D380" t="s">
-        <v>1830</v>
+        <v>1828</v>
       </c>
       <c r="E380" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F380" s="51">
         <v>149610</v>
       </c>
       <c r="G380" s="52">
         <v>45205</v>
       </c>
       <c r="H380" s="55">
         <v>45237</v>
       </c>
       <c r="I380" s="52">
         <v>45657</v>
       </c>
       <c r="J380" s="54">
         <v>14</v>
       </c>
       <c r="K380" s="24" t="s">
         <v>945</v>
       </c>
       <c r="L380" s="5">
         <v>8500803</v>
       </c>
       <c r="M380" s="5">
         <v>1167431</v>
       </c>
       <c r="N380" s="6" t="s">
         <v>946</v>
       </c>
       <c r="O380" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P380" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q380" t="s">
         <v>813</v>
       </c>
       <c r="R380" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="381" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
-        <v>1707</v>
+        <v>1706</v>
       </c>
       <c r="B381" s="34" t="s">
         <v>893</v>
       </c>
       <c r="C381" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D381" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
       <c r="E381" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F381" s="51">
         <v>163100</v>
       </c>
       <c r="G381" s="52">
         <v>45205</v>
       </c>
       <c r="H381" s="55">
         <v>45237</v>
       </c>
       <c r="I381" s="52">
         <v>45657</v>
       </c>
       <c r="J381" s="54">
         <v>14</v>
       </c>
       <c r="K381" s="5" t="s">
         <v>896</v>
       </c>
       <c r="L381" s="5">
         <v>9717655</v>
       </c>
       <c r="M381" s="5"/>
       <c r="N381" s="6" t="s">
         <v>897</v>
       </c>
       <c r="O381" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P381" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q381" t="s">
         <v>813</v>
       </c>
       <c r="R381" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="382" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
       <c r="B382" s="34" t="s">
         <v>302</v>
       </c>
       <c r="C382" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D382" t="s">
         <v>1755</v>
-      </c>
-[...1 lines deleted...]
-        <v>1756</v>
       </c>
       <c r="E382" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F382" s="51">
         <v>142045</v>
       </c>
       <c r="G382" s="52">
         <v>45205</v>
       </c>
       <c r="H382" s="55">
         <v>45261</v>
       </c>
       <c r="I382" s="52">
         <v>45777</v>
       </c>
       <c r="J382" s="54">
         <v>17</v>
       </c>
       <c r="K382" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L382" s="5">
         <v>8731888</v>
       </c>
       <c r="M382" s="5"/>
       <c r="N382" s="6" t="s">
         <v>305</v>
       </c>
       <c r="O382" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P382" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q382" t="s">
         <v>813</v>
       </c>
       <c r="R382" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="383" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
-        <v>1709</v>
+        <v>1708</v>
       </c>
       <c r="B383" s="34" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
       <c r="C383" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D383" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="E383" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F383" s="51">
         <v>10000</v>
       </c>
       <c r="G383" s="52">
         <v>45239</v>
       </c>
       <c r="H383" s="55">
         <v>45239</v>
       </c>
       <c r="I383" s="52">
         <v>45322</v>
       </c>
       <c r="J383" s="54">
         <v>3</v>
       </c>
       <c r="K383" s="5" t="s">
         <v>757</v>
       </c>
       <c r="L383" s="5">
         <v>3556885</v>
       </c>
       <c r="M383" s="5"/>
       <c r="N383" s="6" t="s">
         <v>758</v>
       </c>
       <c r="O383" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P383" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q383" t="s">
         <v>32</v>
       </c>
       <c r="R383" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="384" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="B384" s="34" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="C384" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D384" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
       <c r="E384" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F384" s="51">
         <v>33142</v>
       </c>
       <c r="G384" s="59">
         <v>45268</v>
       </c>
       <c r="H384" s="55">
         <v>45292</v>
       </c>
       <c r="I384" s="52">
         <v>45657</v>
       </c>
       <c r="J384" s="54">
         <v>12</v>
       </c>
       <c r="K384" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="L384" s="60" t="s">
         <v>1761</v>
       </c>
-      <c r="L384" s="60" t="s">
+      <c r="M384" s="60" t="s">
+        <v>1944</v>
+      </c>
+      <c r="N384" s="6" t="s">
         <v>1762</v>
-      </c>
-[...4 lines deleted...]
-        <v>1763</v>
       </c>
       <c r="O384" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P384" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q384" t="s">
         <v>813</v>
       </c>
       <c r="R384" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="385" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="B385" s="34" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
       <c r="C385" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="D385" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="E385" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F385" s="51">
         <v>75000</v>
       </c>
       <c r="G385" s="59">
         <v>45268</v>
       </c>
       <c r="H385" s="55">
         <v>45320</v>
       </c>
       <c r="I385" s="52">
         <v>45688</v>
       </c>
       <c r="J385" s="54">
         <v>12</v>
       </c>
       <c r="K385" s="5" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="M385">
         <v>1195506</v>
       </c>
       <c r="N385" s="6" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="O385" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P385" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q385" t="s">
         <v>32</v>
       </c>
       <c r="R385" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="386" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
-        <v>1852</v>
+        <v>1850</v>
       </c>
       <c r="B386" s="34" t="s">
         <v>321</v>
       </c>
       <c r="C386" t="s">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="D386" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
       <c r="E386" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F386" s="51">
         <v>75000</v>
       </c>
       <c r="G386" s="59">
         <v>45268</v>
       </c>
       <c r="H386" s="55">
         <v>45292</v>
       </c>
       <c r="I386" s="52">
         <v>45657</v>
       </c>
       <c r="J386" s="54">
         <v>12</v>
       </c>
       <c r="K386" s="5" t="s">
         <v>782</v>
       </c>
       <c r="L386">
         <v>3797700</v>
       </c>
       <c r="N386" s="6" t="s">
         <v>324</v>
       </c>
       <c r="O386" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P386" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q386" t="s">
         <v>32</v>
       </c>
       <c r="R386" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="387" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
-        <v>1712</v>
+        <v>1711</v>
       </c>
       <c r="B387" s="34" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="C387" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D387" t="s">
         <v>1768</v>
-      </c>
-[...1 lines deleted...]
-        <v>1769</v>
       </c>
       <c r="E387" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F387" s="51">
         <v>72249</v>
       </c>
       <c r="G387" s="59">
         <v>45268</v>
       </c>
       <c r="H387" s="55">
         <v>45292</v>
       </c>
       <c r="I387" s="52">
         <v>45596</v>
       </c>
       <c r="J387" s="54">
         <v>10</v>
       </c>
       <c r="K387" s="24" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="L387" s="5"/>
       <c r="M387" s="5"/>
       <c r="N387" s="6" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="O387" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P387" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q387" t="s">
         <v>32</v>
       </c>
       <c r="R387" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="388" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
-        <v>1713</v>
+        <v>1712</v>
       </c>
       <c r="B388" s="34" t="s">
         <v>1231</v>
       </c>
       <c r="C388" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D388" t="s">
         <v>1770</v>
-      </c>
-[...1 lines deleted...]
-        <v>1771</v>
       </c>
       <c r="E388" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F388" s="51">
         <v>60000</v>
       </c>
       <c r="G388" s="59">
         <v>45268</v>
       </c>
       <c r="H388" s="55">
         <v>45275</v>
       </c>
       <c r="I388" s="52">
         <v>45641</v>
       </c>
       <c r="J388" s="54">
         <v>12</v>
       </c>
       <c r="K388" s="5" t="s">
         <v>1234</v>
       </c>
       <c r="L388" s="5">
         <v>11633127</v>
       </c>
       <c r="M388" s="5"/>
       <c r="N388" s="6" t="s">
         <v>1235</v>
       </c>
       <c r="O388" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P388" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q388" t="s">
         <v>262</v>
       </c>
       <c r="R388" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="389" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
       <c r="B389" s="34" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="C389" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D389" t="s">
         <v>1772</v>
-      </c>
-[...1 lines deleted...]
-        <v>1773</v>
       </c>
       <c r="E389" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F389" s="51">
         <v>50000</v>
       </c>
       <c r="G389" s="59">
         <v>45268</v>
       </c>
       <c r="H389" s="55">
         <v>45292</v>
       </c>
       <c r="I389" s="52">
         <v>45657</v>
       </c>
       <c r="J389" s="54">
         <v>12</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="L389" s="5">
         <v>13896309</v>
       </c>
       <c r="N389" s="6" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="O389" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P389" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q389" t="s">
         <v>32</v>
       </c>
       <c r="R389" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="390" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
       <c r="B390" s="58" t="s">
         <v>125</v>
       </c>
       <c r="C390" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D390" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
       <c r="E390" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F390" s="51">
         <v>40000</v>
       </c>
       <c r="G390" s="59">
         <v>45268</v>
       </c>
       <c r="H390" s="55">
         <v>45292</v>
       </c>
       <c r="I390" s="52">
         <v>45657</v>
       </c>
       <c r="J390" s="54">
         <v>12</v>
       </c>
       <c r="K390" s="5" t="s">
         <v>128</v>
       </c>
       <c r="L390" s="5">
         <v>7103208</v>
       </c>
       <c r="M390" s="5"/>
       <c r="N390" s="6" t="s">
         <v>129</v>
       </c>
       <c r="O390" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P390" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q390" t="s">
         <v>32</v>
       </c>
       <c r="R390" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="391" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="B391" s="58" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="C391" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D391" t="s">
         <v>1784</v>
-      </c>
-[...1 lines deleted...]
-        <v>1785</v>
       </c>
       <c r="E391" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F391" s="56">
         <v>10000</v>
       </c>
       <c r="G391" s="59">
         <v>45330</v>
       </c>
       <c r="H391" s="55">
         <v>45330</v>
       </c>
       <c r="I391" s="52">
         <v>45365</v>
       </c>
       <c r="J391" s="54">
         <v>1</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="L391" s="5">
         <v>15539294</v>
       </c>
       <c r="N391" s="6" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="O391" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P391" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q391" t="s">
         <v>32</v>
       </c>
       <c r="R391" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="392" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="B392" s="58" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="C392" s="61" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D392" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>1789</v>
       </c>
       <c r="E392" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F392" s="56">
         <v>9840</v>
       </c>
       <c r="G392" s="59">
         <v>45355</v>
       </c>
       <c r="H392" s="55">
         <v>45355</v>
       </c>
       <c r="I392" s="52">
         <v>45657</v>
       </c>
       <c r="J392" s="54">
         <v>10</v>
       </c>
       <c r="K392" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="L392" s="60" t="s">
         <v>1791</v>
       </c>
-      <c r="L392" s="60" t="s">
+      <c r="N392" s="6" t="s">
         <v>1792</v>
-      </c>
-[...1 lines deleted...]
-        <v>1793</v>
       </c>
       <c r="O392" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P392" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q392" t="s">
         <v>32</v>
       </c>
       <c r="R392" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="393" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="B393" s="58" t="s">
-        <v>1778</v>
+        <v>1777</v>
       </c>
       <c r="C393" s="61" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D393" t="s">
         <v>1796</v>
-      </c>
-[...1 lines deleted...]
-        <v>1797</v>
       </c>
       <c r="E393" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F393" s="56">
         <v>10000</v>
       </c>
       <c r="G393" s="59">
         <v>45363</v>
       </c>
       <c r="H393" s="55">
         <v>45369</v>
       </c>
       <c r="I393" s="52">
         <v>45626</v>
       </c>
       <c r="J393" s="54">
         <v>9</v>
       </c>
       <c r="K393" s="5" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="L393" s="5">
         <v>9634153</v>
       </c>
       <c r="N393" s="6" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="O393" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P393" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q393" t="s">
         <v>813</v>
       </c>
       <c r="R393" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="394" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="B394" s="58" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="C394" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D394" t="s">
         <v>1794</v>
-      </c>
-[...1 lines deleted...]
-        <v>1795</v>
       </c>
       <c r="E394" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F394" s="56">
         <v>10000</v>
       </c>
       <c r="G394" s="59">
         <v>45369</v>
       </c>
       <c r="H394" s="55">
         <v>45369</v>
       </c>
       <c r="I394" s="52">
         <v>45626</v>
       </c>
       <c r="J394" s="54">
         <v>9</v>
       </c>
       <c r="K394" s="5" t="s">
         <v>1204</v>
       </c>
       <c r="L394" s="5">
         <v>4038939</v>
       </c>
       <c r="M394" s="5">
         <v>1107113</v>
       </c>
       <c r="N394" s="6" t="s">
         <v>1205</v>
       </c>
       <c r="O394" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P394" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q394" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R394" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="395" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
-        <v>1804</v>
+        <v>1802</v>
       </c>
       <c r="B395" s="62" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="C395" t="s">
-        <v>1816</v>
+        <v>1814</v>
       </c>
       <c r="D395" t="s">
-        <v>1817</v>
+        <v>1815</v>
       </c>
       <c r="E395" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F395" s="56">
         <v>45000</v>
       </c>
       <c r="G395" s="59">
         <v>45387</v>
       </c>
       <c r="H395" s="59">
         <v>45404</v>
       </c>
       <c r="I395" s="52">
         <v>45688</v>
       </c>
       <c r="J395" s="54">
         <v>10</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="L395" s="5">
         <v>15539294</v>
       </c>
       <c r="N395" s="6" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="O395" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P395" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q395" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R395" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="396" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
-        <v>1805</v>
+        <v>1803</v>
       </c>
       <c r="B396" s="62" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
       <c r="C396" t="s">
-        <v>1818</v>
+        <v>1816</v>
       </c>
       <c r="D396" t="s">
-        <v>1819</v>
+        <v>1817</v>
       </c>
       <c r="E396" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F396" s="56">
         <v>44950</v>
       </c>
       <c r="G396" s="59">
         <v>45387</v>
       </c>
       <c r="H396" s="59">
         <v>45404</v>
       </c>
       <c r="I396" s="52">
         <v>45657</v>
       </c>
       <c r="J396" s="54">
         <v>9</v>
       </c>
       <c r="K396" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="L396" s="60" t="s">
+        <v>1819</v>
+      </c>
+      <c r="N396" s="6" t="s">
         <v>1820</v>
-      </c>
-[...4 lines deleted...]
-        <v>1822</v>
       </c>
       <c r="O396" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P396" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q396" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R396" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="397" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
-        <v>1806</v>
+        <v>1804</v>
       </c>
       <c r="B397" s="62" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
       <c r="C397" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
       <c r="D397" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="E397" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F397" s="56">
         <v>45000</v>
       </c>
       <c r="G397" s="59">
         <v>45387</v>
       </c>
       <c r="H397" s="59">
         <v>45404</v>
       </c>
       <c r="I397" s="52">
         <v>45961</v>
       </c>
       <c r="J397" s="54">
         <v>18</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="L397" s="54">
         <v>14216913</v>
       </c>
       <c r="N397" s="6" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="O397" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P397" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q397" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R397" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="398" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="B398" s="62" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C398" t="s">
-        <v>1833</v>
+        <v>1831</v>
       </c>
       <c r="D398" t="s">
-        <v>1834</v>
+        <v>1832</v>
       </c>
       <c r="E398" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F398" s="56">
         <v>75000</v>
       </c>
       <c r="G398" s="59">
         <v>45387</v>
       </c>
       <c r="H398" s="59">
         <v>45413</v>
       </c>
       <c r="I398" s="52">
         <v>45688</v>
       </c>
       <c r="J398" s="54">
         <v>9</v>
       </c>
       <c r="K398" s="24" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="L398" s="24">
         <v>5669443</v>
       </c>
       <c r="M398" s="24">
         <v>1130568</v>
       </c>
       <c r="N398" s="43" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="O398" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P398" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q398" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R398" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="399" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
-        <v>1808</v>
+        <v>1806</v>
       </c>
       <c r="B399" s="62" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="C399" t="s">
-        <v>1835</v>
+        <v>1833</v>
       </c>
       <c r="D399" t="s">
-        <v>1836</v>
+        <v>1834</v>
       </c>
       <c r="E399" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F399" s="56">
         <v>74875</v>
       </c>
       <c r="G399" s="59">
         <v>45387</v>
       </c>
       <c r="H399" s="59">
         <v>45404</v>
       </c>
       <c r="I399" s="52">
         <v>45777</v>
       </c>
       <c r="J399" s="54">
         <v>12</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="L399" s="17">
         <v>2292601</v>
       </c>
       <c r="M399" s="17">
         <v>800065</v>
       </c>
       <c r="N399" s="6" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="O399" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P399" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q399" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R399" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="400" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
-        <v>1809</v>
+        <v>1807</v>
       </c>
       <c r="B400" s="9" t="s">
         <v>326</v>
       </c>
       <c r="C400" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
       <c r="D400" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="E400" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F400" s="56">
         <v>20754</v>
       </c>
       <c r="G400" s="59">
         <v>45387</v>
       </c>
       <c r="H400" s="59">
         <v>45404</v>
       </c>
       <c r="I400" s="52">
         <v>45596</v>
       </c>
       <c r="J400" s="54">
         <v>7</v>
       </c>
       <c r="K400" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L400" s="5">
         <v>5581537</v>
       </c>
       <c r="M400" s="5"/>
       <c r="N400" s="6" t="s">
         <v>330</v>
       </c>
       <c r="O400" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P400" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q400" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R400" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="401" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
-        <v>1810</v>
+        <v>1808</v>
       </c>
       <c r="B401" s="62" t="s">
-        <v>1803</v>
+        <v>2100</v>
       </c>
       <c r="C401" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D401" t="s">
         <v>1849</v>
-      </c>
-[...1 lines deleted...]
-        <v>1851</v>
       </c>
       <c r="E401" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F401" s="56">
         <v>48792</v>
       </c>
       <c r="G401" s="59">
         <v>45387</v>
       </c>
       <c r="H401" s="59">
         <v>45413</v>
       </c>
       <c r="I401" s="52">
         <v>45777</v>
       </c>
       <c r="J401" s="54">
         <v>12</v>
       </c>
       <c r="K401" s="5" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
       <c r="O401" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P401" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q401" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R401" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="402" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
-        <v>1811</v>
+        <v>1809</v>
       </c>
       <c r="B402" s="62" t="s">
         <v>393</v>
       </c>
       <c r="C402" t="s">
-        <v>1831</v>
+        <v>1829</v>
       </c>
       <c r="D402" t="s">
-        <v>1832</v>
+        <v>1830</v>
       </c>
       <c r="E402" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F402" s="56">
         <v>55500</v>
       </c>
       <c r="G402" s="59">
         <v>45387</v>
       </c>
       <c r="H402" s="59">
         <v>45413</v>
       </c>
       <c r="I402" s="52">
         <v>45688</v>
       </c>
       <c r="J402" s="54">
         <v>9</v>
       </c>
       <c r="K402" s="5" t="s">
         <v>1251</v>
       </c>
       <c r="L402" s="5">
         <v>12253246</v>
       </c>
       <c r="M402" s="5"/>
       <c r="N402" s="6" t="s">
         <v>633</v>
       </c>
       <c r="O402" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P402" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q402" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R402" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="403" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
-        <v>1812</v>
+        <v>1810</v>
       </c>
       <c r="B403" s="62" t="s">
         <v>96</v>
       </c>
       <c r="C403" t="s">
-        <v>1840</v>
+        <v>1838</v>
       </c>
       <c r="D403" t="s">
-        <v>1841</v>
+        <v>1839</v>
       </c>
       <c r="E403" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F403" s="56">
         <v>94588</v>
       </c>
       <c r="G403" s="59">
         <v>45387</v>
       </c>
       <c r="H403" s="52">
         <v>45474</v>
       </c>
       <c r="I403" s="52">
         <v>46203</v>
       </c>
       <c r="J403" s="54">
         <v>24</v>
       </c>
       <c r="K403" s="5" t="s">
         <v>99</v>
       </c>
       <c r="L403" s="5"/>
       <c r="M403" s="5"/>
       <c r="N403" s="39" t="s">
         <v>100</v>
       </c>
       <c r="O403" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P403" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q403" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R403" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="404" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
-        <v>1813</v>
+        <v>1811</v>
       </c>
       <c r="B404" s="62" t="s">
         <v>942</v>
       </c>
       <c r="C404" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="D404" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="E404" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F404" s="56">
         <v>50187</v>
       </c>
       <c r="G404" s="59">
         <v>45387</v>
       </c>
       <c r="H404" s="59">
         <v>45404</v>
       </c>
       <c r="I404" s="52">
         <v>45657</v>
       </c>
       <c r="J404" s="54">
         <v>9</v>
       </c>
       <c r="K404" s="24" t="s">
         <v>945</v>
       </c>
       <c r="L404" s="5">
         <v>8500803</v>
       </c>
       <c r="M404" s="5">
         <v>1167431</v>
       </c>
       <c r="N404" s="6" t="s">
         <v>946</v>
       </c>
       <c r="O404" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P404" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q404" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R404" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="405" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
-        <v>1814</v>
+        <v>1812</v>
       </c>
       <c r="B405" s="62" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
       <c r="C405" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
       <c r="D405" t="s">
-        <v>1842</v>
+        <v>1840</v>
       </c>
       <c r="E405" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F405" s="56">
         <v>88284</v>
       </c>
       <c r="G405" s="59">
         <v>45387</v>
       </c>
       <c r="H405" s="52">
         <v>45444</v>
       </c>
       <c r="I405" s="52">
         <v>45688</v>
       </c>
       <c r="J405" s="53">
         <v>8</v>
       </c>
       <c r="K405" s="5" t="s">
         <v>902</v>
       </c>
       <c r="L405" s="5">
         <v>9413132</v>
       </c>
       <c r="M405" s="5"/>
       <c r="N405" s="6" t="s">
         <v>903</v>
       </c>
       <c r="O405" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P405" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q405" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R405" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="406" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
-        <v>1815</v>
+        <v>1813</v>
       </c>
       <c r="B406" s="62" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="C406" t="s">
-        <v>1837</v>
+        <v>1835</v>
       </c>
       <c r="D406" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
       <c r="E406" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F406" s="56">
         <v>34288</v>
       </c>
       <c r="G406" s="59">
         <v>45387</v>
       </c>
       <c r="H406" s="59">
         <v>45413</v>
       </c>
       <c r="I406" s="52">
         <v>45565</v>
       </c>
       <c r="J406" s="54">
         <v>5</v>
       </c>
       <c r="K406" s="5" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="L406" s="54">
         <v>11767284</v>
       </c>
       <c r="N406" s="6" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="O406" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P406" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q406" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R406" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="407" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B407" s="44" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C407" t="s">
         <v>1843</v>
       </c>
-      <c r="B407" s="44" t="s">
+      <c r="D407" t="s">
         <v>1844</v>
-      </c>
-[...4 lines deleted...]
-        <v>1846</v>
       </c>
       <c r="E407" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F407" s="56">
         <v>9300</v>
       </c>
       <c r="G407" s="59">
         <v>45419</v>
       </c>
       <c r="H407" s="59">
         <v>45419</v>
       </c>
       <c r="I407" s="52">
         <v>45688</v>
       </c>
       <c r="J407" s="54">
         <v>9</v>
       </c>
       <c r="K407" s="5" t="s">
-        <v>1847</v>
+        <v>1845</v>
       </c>
       <c r="L407" s="5">
         <v>9461226</v>
       </c>
       <c r="N407" s="6" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
       <c r="O407" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P407" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q407" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R407" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="408" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
-        <v>1858</v>
+        <v>1856</v>
       </c>
       <c r="B408" s="62" t="s">
-        <v>1855</v>
+        <v>1853</v>
       </c>
       <c r="C408" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
       <c r="D408" t="s">
-        <v>1870</v>
+        <v>1868</v>
       </c>
       <c r="E408" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F408" s="51">
         <v>10000</v>
       </c>
       <c r="G408" s="52">
         <v>45441</v>
       </c>
       <c r="H408" s="52">
         <v>45441</v>
       </c>
       <c r="I408" s="52">
         <v>45504</v>
       </c>
       <c r="J408" s="54">
         <v>2</v>
       </c>
       <c r="K408" s="5" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="M408">
         <v>282857</v>
       </c>
       <c r="N408" s="6" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="O408" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P408" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q408" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R408" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="409" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
       <c r="B409" s="62" t="s">
-        <v>1893</v>
+        <v>1891</v>
       </c>
       <c r="C409" t="s">
-        <v>1871</v>
+        <v>1869</v>
       </c>
       <c r="D409" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="E409" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F409" s="51">
         <v>30000</v>
       </c>
       <c r="G409" s="52">
         <v>45448</v>
       </c>
       <c r="H409" s="52">
         <v>45448</v>
       </c>
       <c r="I409" s="52">
         <v>45626</v>
       </c>
       <c r="J409" s="54">
         <v>6</v>
       </c>
       <c r="K409" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L409" s="17">
         <v>2440899</v>
       </c>
       <c r="M409" s="5"/>
       <c r="N409" s="6" t="s">
         <v>412</v>
       </c>
       <c r="O409" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P409" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q409" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R409" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="410" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
-        <v>1859</v>
+        <v>1857</v>
       </c>
       <c r="B410" s="62" t="s">
-        <v>1856</v>
+        <v>1854</v>
       </c>
       <c r="C410" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
       <c r="D410" t="s">
-        <v>1874</v>
+        <v>1872</v>
       </c>
       <c r="E410" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F410" s="51">
         <v>5080</v>
       </c>
       <c r="G410" s="52">
         <v>45446</v>
       </c>
       <c r="H410" s="52">
         <v>45449</v>
       </c>
       <c r="I410" s="52">
         <v>45504</v>
       </c>
       <c r="J410" s="54">
         <v>2</v>
       </c>
       <c r="K410" s="5" t="s">
-        <v>1875</v>
+        <v>1873</v>
       </c>
       <c r="L410" s="54">
         <v>402748</v>
       </c>
       <c r="M410">
         <v>230750</v>
       </c>
       <c r="N410" s="6" t="s">
-        <v>1876</v>
+        <v>1874</v>
       </c>
       <c r="O410" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P410" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q410" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R410" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="411" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="B411" s="62" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="C411" t="s">
-        <v>1877</v>
+        <v>1875</v>
       </c>
       <c r="D411" t="s">
-        <v>1878</v>
+        <v>1876</v>
       </c>
       <c r="E411" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F411" s="51">
         <v>10000</v>
       </c>
       <c r="G411" s="52">
         <v>45462</v>
       </c>
       <c r="H411" s="52">
         <v>45474</v>
       </c>
       <c r="I411" s="52">
         <v>45596</v>
       </c>
       <c r="J411" s="54">
         <v>4</v>
       </c>
       <c r="K411" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="L411" s="60" t="s">
         <v>1761</v>
       </c>
-      <c r="L411" s="60" t="s">
+      <c r="M411" s="60" t="s">
+        <v>1944</v>
+      </c>
+      <c r="N411" s="6" t="s">
         <v>1762</v>
-      </c>
-[...4 lines deleted...]
-        <v>1763</v>
       </c>
       <c r="O411" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P411" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q411" t="s">
         <v>813</v>
       </c>
       <c r="R411" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="412" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="B412" s="62" t="s">
         <v>802</v>
       </c>
       <c r="C412" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="D412" t="s">
-        <v>1894</v>
+        <v>1892</v>
       </c>
       <c r="E412" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F412" s="51">
         <v>69678</v>
       </c>
       <c r="G412" s="52">
         <v>45464</v>
       </c>
       <c r="H412" s="59">
         <v>45481</v>
       </c>
       <c r="I412" s="59">
         <v>45838</v>
       </c>
       <c r="J412" s="54">
         <v>12</v>
       </c>
       <c r="K412" s="5" t="s">
         <v>805</v>
       </c>
       <c r="L412" s="5">
         <v>6982557</v>
       </c>
       <c r="M412" s="5"/>
       <c r="N412" s="6" t="s">
-        <v>1896</v>
+        <v>1894</v>
       </c>
       <c r="O412" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P412" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q412" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R412" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="413" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
-        <v>1862</v>
+        <v>1860</v>
       </c>
       <c r="B413" s="62" t="s">
         <v>1057</v>
       </c>
       <c r="C413" t="s">
-        <v>1880</v>
+        <v>1878</v>
       </c>
       <c r="D413" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
       <c r="E413" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F413" s="51">
         <v>75903</v>
       </c>
       <c r="G413" s="52">
         <v>45464</v>
       </c>
       <c r="H413" s="59">
         <v>45481</v>
       </c>
       <c r="I413" s="59">
         <v>45688</v>
       </c>
       <c r="J413" s="54">
         <v>7</v>
       </c>
       <c r="K413" s="5" t="s">
         <v>1058</v>
       </c>
       <c r="L413" s="5">
         <v>615025</v>
       </c>
       <c r="M413" s="5">
         <v>209425</v>
       </c>
       <c r="N413" s="6" t="s">
         <v>1059</v>
       </c>
       <c r="O413" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P413" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q413" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R413" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="414" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
       <c r="B414" s="62" t="s">
         <v>819</v>
       </c>
       <c r="C414" t="s">
-        <v>1882</v>
+        <v>1880</v>
       </c>
       <c r="D414" t="s">
-        <v>1883</v>
+        <v>1881</v>
       </c>
       <c r="E414" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F414" s="51">
         <v>50183</v>
       </c>
       <c r="G414" s="52">
         <v>45464</v>
       </c>
       <c r="H414" s="59">
         <v>45481</v>
       </c>
       <c r="I414" s="59">
         <v>45838</v>
       </c>
       <c r="J414" s="54">
         <v>12</v>
       </c>
       <c r="K414" s="5" t="s">
         <v>822</v>
       </c>
       <c r="L414" s="5"/>
       <c r="M414" s="5"/>
       <c r="N414" s="6" t="s">
         <v>823</v>
       </c>
       <c r="O414" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P414" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q414" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R414" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="415" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="B415" s="62" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
       <c r="C415" t="s">
-        <v>1884</v>
+        <v>1882</v>
       </c>
       <c r="D415" t="s">
-        <v>1895</v>
+        <v>1893</v>
       </c>
       <c r="E415" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F415" s="51">
         <v>40000</v>
       </c>
       <c r="G415" s="52">
         <v>45464</v>
       </c>
       <c r="H415" s="59">
         <v>45481</v>
       </c>
       <c r="I415" s="59">
         <v>45657</v>
       </c>
       <c r="J415" s="54">
         <v>6</v>
       </c>
       <c r="K415" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N415" s="6" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="O415" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P415" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q415" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R415" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="416" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
-        <v>1865</v>
+        <v>1863</v>
       </c>
       <c r="B416" s="62" t="s">
         <v>1106</v>
       </c>
       <c r="C416" t="s">
-        <v>1885</v>
+        <v>1883</v>
       </c>
       <c r="D416" t="s">
-        <v>1886</v>
+        <v>1884</v>
       </c>
       <c r="E416" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F416" s="51">
         <v>60000</v>
       </c>
       <c r="G416" s="52">
         <v>45464</v>
       </c>
       <c r="H416" s="59">
         <v>45481</v>
       </c>
       <c r="I416" s="59">
         <v>45838</v>
       </c>
       <c r="J416" s="54">
         <v>12</v>
       </c>
       <c r="K416" s="5" t="s">
         <v>277</v>
       </c>
       <c r="L416" s="5">
         <v>3855274</v>
       </c>
       <c r="M416" s="5"/>
       <c r="N416" s="6" t="s">
         <v>278</v>
       </c>
       <c r="O416" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P416" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q416" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R416" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="417" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
       <c r="B417" s="62" t="s">
         <v>1159</v>
       </c>
       <c r="C417" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="D417" t="s">
-        <v>1887</v>
+        <v>1885</v>
       </c>
       <c r="E417" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F417" s="51">
         <v>39972</v>
       </c>
       <c r="G417" s="52">
         <v>45464</v>
       </c>
       <c r="H417" s="59">
         <v>45481</v>
       </c>
       <c r="I417" s="59">
         <v>45838</v>
       </c>
       <c r="J417" s="54">
         <v>12</v>
       </c>
       <c r="K417" s="5" t="s">
         <v>1161</v>
       </c>
       <c r="L417" s="5">
         <v>5777831</v>
       </c>
       <c r="M417" s="5">
         <v>1114900</v>
       </c>
       <c r="N417" s="6" t="s">
         <v>1162</v>
       </c>
       <c r="O417" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P417" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q417" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R417" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="418" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
-        <v>1867</v>
+        <v>1865</v>
       </c>
       <c r="B418" s="62" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="C418" t="s">
-        <v>1888</v>
+        <v>1886</v>
       </c>
       <c r="D418" t="s">
-        <v>1889</v>
+        <v>1887</v>
       </c>
       <c r="E418" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F418" s="51">
         <v>36172</v>
       </c>
       <c r="G418" s="52">
         <v>45464</v>
       </c>
       <c r="H418" s="59">
         <v>45481</v>
       </c>
       <c r="I418" s="59">
         <v>45838</v>
       </c>
       <c r="J418" s="54">
         <v>12</v>
       </c>
       <c r="K418" s="5" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="L418" s="5">
         <v>7891533</v>
       </c>
       <c r="M418" s="5">
         <v>1145706</v>
       </c>
       <c r="N418" s="6" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="O418" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P418" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q418" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R418" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="419" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
-        <v>1868</v>
+        <v>1866</v>
       </c>
       <c r="B419" s="62" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="C419" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="D419" t="s">
-        <v>1890</v>
+        <v>1888</v>
       </c>
       <c r="E419" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F419" s="51">
         <v>59721</v>
       </c>
       <c r="G419" s="52">
         <v>45464</v>
       </c>
       <c r="H419" s="59">
         <v>45505</v>
       </c>
       <c r="I419" s="59">
         <v>45869</v>
       </c>
       <c r="J419" s="54">
         <v>12</v>
       </c>
       <c r="K419" s="5" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="L419" s="54">
         <v>14375527</v>
       </c>
       <c r="N419" s="6" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="O419" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P419" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q419" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R419" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="420" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
-        <v>1869</v>
+        <v>1867</v>
       </c>
       <c r="B420" s="62" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="C420" t="s">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="D420" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="E420" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F420" s="51">
         <v>10000</v>
       </c>
       <c r="G420" s="52">
         <v>45475</v>
       </c>
       <c r="H420" s="59">
         <v>45475</v>
       </c>
       <c r="I420" s="59">
         <v>45504</v>
       </c>
       <c r="J420" s="54">
         <v>1</v>
       </c>
       <c r="K420" s="5" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="L420">
         <v>11620742</v>
       </c>
       <c r="N420" s="6" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="O420" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P420" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q420" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R420" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="421" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B421" s="34" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D421" t="s">
         <v>1897</v>
-      </c>
-[...7 lines deleted...]
-        <v>1899</v>
       </c>
       <c r="E421" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F421" s="51">
         <v>8765</v>
       </c>
       <c r="G421" s="59">
         <v>45489</v>
       </c>
       <c r="H421" s="55">
         <v>45491</v>
       </c>
       <c r="I421" s="52">
         <v>45657</v>
       </c>
       <c r="J421" s="54">
         <v>6</v>
       </c>
       <c r="K421" s="24" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="L421" s="5"/>
       <c r="M421" s="5"/>
       <c r="N421" s="6" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="O421" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P421" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q421" t="s">
         <v>32</v>
       </c>
       <c r="R421" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="422" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
-        <v>1904</v>
+        <v>1902</v>
       </c>
       <c r="B422" s="62" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
       <c r="C422" t="s">
-        <v>1912</v>
+        <v>1910</v>
       </c>
       <c r="D422" t="s">
-        <v>1913</v>
+        <v>1911</v>
       </c>
       <c r="E422" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F422" s="51">
         <v>10000</v>
       </c>
       <c r="G422" s="59">
         <v>45551</v>
       </c>
       <c r="H422" s="55">
         <v>45566</v>
       </c>
       <c r="I422" s="52">
         <v>45930</v>
       </c>
       <c r="J422" s="54">
         <v>12</v>
       </c>
       <c r="K422" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L422" s="17">
         <v>2440899</v>
       </c>
       <c r="M422" s="5"/>
       <c r="N422" s="6" t="s">
         <v>412</v>
       </c>
       <c r="O422" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P422" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q422" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R422" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="423" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
-        <v>1911</v>
+        <v>1909</v>
       </c>
       <c r="B423" s="62" t="s">
-        <v>1901</v>
+        <v>1899</v>
       </c>
       <c r="C423" t="s">
-        <v>1914</v>
+        <v>1912</v>
       </c>
       <c r="D423" t="s">
-        <v>1915</v>
+        <v>1913</v>
       </c>
       <c r="E423" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F423" s="51">
         <v>30100</v>
       </c>
       <c r="G423" s="59">
         <v>45562</v>
       </c>
       <c r="H423" s="55">
         <v>45627</v>
       </c>
       <c r="I423" s="52">
         <v>45991</v>
       </c>
       <c r="J423" s="54">
         <v>12</v>
       </c>
       <c r="K423" s="5" t="s">
-        <v>1916</v>
+        <v>1914</v>
       </c>
       <c r="N423" s="6" t="s">
-        <v>1917</v>
+        <v>1915</v>
       </c>
       <c r="O423" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P423" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q423" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R423" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="424" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
-        <v>1910</v>
+        <v>1908</v>
       </c>
       <c r="B424" s="62" t="s">
-        <v>1902</v>
+        <v>1900</v>
       </c>
       <c r="C424" t="s">
-        <v>1918</v>
+        <v>1916</v>
       </c>
       <c r="D424" t="s">
-        <v>1919</v>
+        <v>1917</v>
       </c>
       <c r="E424" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F424" s="51">
         <v>69964</v>
       </c>
       <c r="G424" s="59">
         <v>45562</v>
       </c>
       <c r="H424" s="55">
         <v>45579</v>
       </c>
       <c r="I424" s="52">
         <v>45944</v>
       </c>
       <c r="J424" s="54">
         <v>12</v>
       </c>
       <c r="K424" s="24" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="L424" s="31">
         <v>12763121</v>
       </c>
       <c r="M424" s="5"/>
       <c r="N424" s="6" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="O424" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P424" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q424" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R424" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="425" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
-        <v>1909</v>
+        <v>1907</v>
       </c>
       <c r="B425" s="62" t="s">
-        <v>1903</v>
+        <v>1901</v>
       </c>
       <c r="C425" t="s">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="D425" t="s">
-        <v>1921</v>
+        <v>1919</v>
       </c>
       <c r="E425" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F425" s="51">
         <v>34840</v>
       </c>
       <c r="G425" s="59">
         <v>45562</v>
       </c>
       <c r="H425" s="55">
         <v>45597</v>
       </c>
       <c r="I425" s="52">
         <v>45961</v>
       </c>
       <c r="J425" s="54">
         <v>12</v>
       </c>
       <c r="K425" s="24" t="s">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="L425" s="31">
         <v>10888198</v>
       </c>
       <c r="N425" s="6" t="s">
-        <v>1923</v>
+        <v>1921</v>
       </c>
       <c r="O425" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P425" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q425" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R425" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="426" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
-        <v>1907</v>
+        <v>1905</v>
       </c>
       <c r="B426" s="62" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="C426" t="s">
-        <v>1925</v>
+        <v>1923</v>
       </c>
       <c r="D426" t="s">
-        <v>1926</v>
+        <v>1924</v>
       </c>
       <c r="E426" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F426" s="51">
         <v>50099</v>
       </c>
       <c r="G426" s="59">
         <v>45562</v>
       </c>
       <c r="H426" s="55">
         <v>45670</v>
       </c>
       <c r="I426" s="52">
         <v>46053</v>
       </c>
       <c r="J426" s="54">
         <v>12</v>
       </c>
       <c r="K426" s="24" t="s">
-        <v>1924</v>
+        <v>1922</v>
       </c>
       <c r="L426" s="31">
         <v>11862567</v>
       </c>
       <c r="N426" s="6" t="s">
-        <v>1927</v>
+        <v>1925</v>
       </c>
       <c r="O426" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P426" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q426" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R426" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="427" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
       <c r="B427" s="62" t="s">
         <v>131</v>
       </c>
       <c r="C427" t="s">
-        <v>1930</v>
+        <v>1928</v>
       </c>
       <c r="D427" t="s">
-        <v>1931</v>
+        <v>1929</v>
       </c>
       <c r="E427" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F427" s="51">
         <v>87750</v>
       </c>
       <c r="G427" s="59">
         <v>45562</v>
       </c>
       <c r="H427" s="55">
         <v>45597</v>
       </c>
       <c r="I427" s="52">
         <v>46326</v>
       </c>
       <c r="J427" s="54">
         <v>24</v>
       </c>
       <c r="K427" s="5" t="s">
         <v>133</v>
       </c>
       <c r="L427" s="5"/>
       <c r="M427" s="5"/>
       <c r="N427" s="39" t="s">
         <v>134</v>
       </c>
       <c r="O427" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P427" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q427" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="R427" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="428" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
       <c r="B428" s="62" t="s">
         <v>942</v>
       </c>
       <c r="C428" t="s">
-        <v>1928</v>
+        <v>1926</v>
       </c>
       <c r="D428" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
       <c r="E428" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F428" s="51">
         <v>75840</v>
       </c>
       <c r="G428" s="59">
         <v>45562</v>
       </c>
       <c r="H428" s="55">
         <v>45572</v>
       </c>
       <c r="I428" s="52">
         <v>45937</v>
       </c>
       <c r="J428" s="54">
         <v>12</v>
       </c>
       <c r="K428" s="24" t="s">
         <v>945</v>
       </c>
       <c r="L428" s="5">
         <v>8500803</v>
       </c>
       <c r="M428" s="5">
         <v>1167431</v>
       </c>
       <c r="N428" s="6" t="s">
         <v>946</v>
       </c>
       <c r="O428" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P428" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q428" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R428" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="429" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="B429" s="62" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="C429" t="s">
-        <v>1947</v>
+        <v>1945</v>
       </c>
       <c r="D429" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
       <c r="E429" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F429" s="51">
         <v>36000</v>
       </c>
       <c r="G429" s="59">
         <v>45632</v>
       </c>
       <c r="H429" s="63">
         <v>45663</v>
       </c>
       <c r="I429" s="59">
         <v>46022</v>
       </c>
       <c r="J429" s="54">
         <v>12</v>
       </c>
       <c r="K429" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="L429" s="60" t="s">
         <v>1761</v>
       </c>
-      <c r="L429" s="60" t="s">
+      <c r="M429" s="60" t="s">
+        <v>1944</v>
+      </c>
+      <c r="N429" s="6" t="s">
         <v>1762</v>
-      </c>
-[...4 lines deleted...]
-        <v>1763</v>
       </c>
       <c r="O429" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P429" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q429" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R429" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="430" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="B430" s="62" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
       <c r="C430" t="s">
-        <v>1949</v>
+        <v>1947</v>
       </c>
       <c r="D430" t="s">
-        <v>1950</v>
+        <v>1948</v>
       </c>
       <c r="E430" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F430" s="51">
         <v>44160</v>
       </c>
       <c r="G430" s="59">
         <v>45632</v>
       </c>
       <c r="H430" s="63">
         <v>45689</v>
       </c>
       <c r="I430" s="59">
         <v>46053</v>
       </c>
       <c r="J430" s="54">
         <v>12</v>
       </c>
       <c r="K430" s="5" t="s">
         <v>902</v>
       </c>
       <c r="L430" s="5">
         <v>9413132</v>
       </c>
       <c r="M430" s="5"/>
       <c r="N430" s="6" t="s">
         <v>903</v>
       </c>
       <c r="O430" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P430" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q430" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R430" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="431" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
-        <v>1938</v>
+        <v>1936</v>
       </c>
       <c r="B431" s="62" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
       <c r="C431" t="s">
-        <v>1951</v>
+        <v>1949</v>
       </c>
       <c r="D431" t="s">
-        <v>1952</v>
+        <v>1950</v>
       </c>
       <c r="E431" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F431" s="51">
         <v>73148</v>
       </c>
       <c r="G431" s="59">
         <v>45632</v>
       </c>
       <c r="H431" s="63">
         <v>45663</v>
       </c>
       <c r="I431" s="59">
         <v>46022</v>
       </c>
       <c r="J431" s="54">
         <v>12</v>
       </c>
       <c r="K431" s="5" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="M431">
         <v>1195506</v>
       </c>
       <c r="N431" s="6" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="O431" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P431" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q431" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R431" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="432" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>1939</v>
+        <v>1937</v>
       </c>
       <c r="B432" s="62" t="s">
-        <v>1932</v>
+        <v>1930</v>
       </c>
       <c r="C432" t="s">
-        <v>1953</v>
+        <v>1951</v>
       </c>
       <c r="D432" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="E432" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F432" s="51">
         <v>56431</v>
       </c>
       <c r="G432" s="59">
         <v>45632</v>
       </c>
       <c r="H432" s="63">
         <v>45663</v>
       </c>
       <c r="I432" s="59">
         <v>46022</v>
       </c>
       <c r="J432" s="54">
         <v>12</v>
       </c>
       <c r="K432" s="24" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="L432" s="5"/>
       <c r="M432" s="5"/>
       <c r="N432" s="6" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="O432" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P432" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q432" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R432" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="433" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
-        <v>1940</v>
+        <v>1938</v>
       </c>
       <c r="B433" s="62" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
       <c r="C433" t="s">
-        <v>1957</v>
+        <v>1955</v>
       </c>
       <c r="D433" t="s">
-        <v>1958</v>
+        <v>1956</v>
       </c>
       <c r="E433" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F433" s="51">
         <v>59150</v>
       </c>
       <c r="G433" s="59">
         <v>45632</v>
       </c>
       <c r="H433" s="63">
         <v>45663</v>
       </c>
       <c r="I433" s="59">
         <v>46022</v>
       </c>
       <c r="J433" s="54">
         <v>12</v>
       </c>
       <c r="K433" t="s">
-        <v>1955</v>
+        <v>1953</v>
       </c>
       <c r="L433">
         <v>13754601</v>
       </c>
       <c r="N433" s="6" t="s">
-        <v>1956</v>
+        <v>1954</v>
       </c>
       <c r="O433" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P433" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q433" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R433" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="434" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
       <c r="B434" s="62" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
       <c r="C434" t="s">
-        <v>1959</v>
+        <v>1957</v>
       </c>
       <c r="D434" t="s">
-        <v>1960</v>
+        <v>1958</v>
       </c>
       <c r="E434" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F434" s="51">
         <v>57228</v>
       </c>
       <c r="G434" s="59">
         <v>45632</v>
       </c>
       <c r="H434" s="63">
         <v>45663</v>
       </c>
       <c r="I434" s="59">
         <v>46022</v>
       </c>
       <c r="J434" s="54">
         <v>12</v>
       </c>
       <c r="K434" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N434" s="6" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="O434" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P434" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q434" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R434" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="435" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
-        <v>1942</v>
+        <v>1940</v>
       </c>
       <c r="B435" s="62" t="s">
         <v>321</v>
       </c>
       <c r="C435" t="s">
-        <v>1961</v>
+        <v>1959</v>
       </c>
       <c r="D435" t="s">
-        <v>1962</v>
+        <v>1960</v>
       </c>
       <c r="E435" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F435" s="51">
         <v>68000</v>
       </c>
       <c r="G435" s="59">
         <v>45632</v>
       </c>
       <c r="H435" s="63">
         <v>45663</v>
       </c>
       <c r="I435" s="59">
         <v>46022</v>
       </c>
       <c r="J435" s="54">
         <v>12</v>
       </c>
       <c r="K435" s="5" t="s">
         <v>782</v>
       </c>
       <c r="L435">
         <v>3797700</v>
       </c>
       <c r="N435" s="6" t="s">
         <v>324</v>
       </c>
       <c r="O435" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P435" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q435" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R435" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="436" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
-        <v>1943</v>
+        <v>1941</v>
       </c>
       <c r="B436" s="62" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="C436" t="s">
-        <v>1965</v>
+        <v>1963</v>
       </c>
       <c r="D436" t="s">
-        <v>1966</v>
+        <v>1964</v>
       </c>
       <c r="E436" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F436" s="51">
         <v>38782</v>
       </c>
       <c r="G436" s="59">
         <v>45632</v>
       </c>
       <c r="H436" s="63">
         <v>45672</v>
       </c>
       <c r="I436" s="59">
         <v>46037</v>
       </c>
       <c r="J436" s="54">
         <v>12</v>
       </c>
       <c r="K436" s="5" t="s">
-        <v>1963</v>
+        <v>1961</v>
       </c>
       <c r="L436">
         <v>10374917</v>
       </c>
       <c r="N436" s="6" t="s">
-        <v>1964</v>
+        <v>1962</v>
       </c>
       <c r="O436" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P436" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q436" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R436" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="437" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
-        <v>1944</v>
+        <v>1942</v>
       </c>
       <c r="B437" s="62" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="C437" t="s">
-        <v>1967</v>
+        <v>1965</v>
       </c>
       <c r="D437" t="s">
-        <v>1968</v>
+        <v>1966</v>
       </c>
       <c r="E437" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F437" s="51">
         <v>35681</v>
       </c>
       <c r="G437" s="59">
         <v>45632</v>
       </c>
       <c r="H437" s="63">
         <v>45663</v>
       </c>
       <c r="I437" s="59">
         <v>46022</v>
       </c>
       <c r="J437" s="54">
         <v>12</v>
       </c>
       <c r="K437" s="5" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="L437" s="5">
         <v>2489161</v>
       </c>
       <c r="M437">
         <v>1048335</v>
       </c>
       <c r="N437" s="6" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
       <c r="O437" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P437" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q437" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R437" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="438" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="B438" s="62" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="C438" t="s">
-        <v>1971</v>
+        <v>1969</v>
       </c>
       <c r="D438" t="s">
-        <v>1972</v>
+        <v>1970</v>
       </c>
       <c r="E438" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F438" s="51">
         <v>3140</v>
       </c>
       <c r="G438" s="59">
         <v>45636</v>
       </c>
       <c r="H438" s="59">
         <v>45636</v>
       </c>
       <c r="I438" s="59">
         <v>45807</v>
       </c>
       <c r="J438" s="54">
         <v>6</v>
       </c>
       <c r="K438" s="5" t="s">
-        <v>1969</v>
+        <v>1967</v>
       </c>
       <c r="M438">
         <v>1010395</v>
       </c>
       <c r="N438" s="6" t="s">
-        <v>1970</v>
+        <v>1968</v>
       </c>
       <c r="O438" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P438" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q438" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R438" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="439" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="B439" s="44" t="s">
         <v>808</v>
       </c>
       <c r="C439" t="s">
-        <v>1982</v>
+        <v>1980</v>
       </c>
       <c r="D439" t="s">
-        <v>1983</v>
+        <v>1981</v>
       </c>
       <c r="E439" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F439" s="56">
         <v>10000</v>
       </c>
       <c r="G439" s="59">
         <v>45708</v>
       </c>
       <c r="H439" s="59">
         <v>45712</v>
       </c>
       <c r="I439" s="59">
         <v>46055</v>
       </c>
       <c r="J439" s="54">
         <v>12</v>
       </c>
       <c r="K439" s="5" t="s">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="M439" s="5">
         <v>1195583</v>
       </c>
       <c r="N439" s="6" t="s">
         <v>812</v>
       </c>
       <c r="O439" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P439" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q439" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R439" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="440" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="B440" s="44" t="s">
-        <v>1976</v>
+        <v>1974</v>
       </c>
       <c r="C440" t="s">
-        <v>1980</v>
+        <v>1978</v>
       </c>
       <c r="D440" t="s">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="E440" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F440" s="56">
         <v>9500</v>
       </c>
       <c r="G440" s="59">
         <v>45712</v>
       </c>
       <c r="H440" s="59">
         <v>45717</v>
       </c>
       <c r="I440" s="59">
         <v>45838</v>
       </c>
       <c r="J440" s="54">
         <v>4</v>
       </c>
       <c r="K440" t="s">
-        <v>1979</v>
+        <v>1977</v>
       </c>
       <c r="L440" s="54">
         <v>13814623</v>
       </c>
       <c r="N440" s="6" t="s">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="O440" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P440" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q440" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R440" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="441" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="B441" s="44" t="s">
-        <v>1977</v>
+        <v>1975</v>
       </c>
       <c r="C441" t="s">
-        <v>1987</v>
+        <v>1985</v>
       </c>
       <c r="D441" t="s">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="E441" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F441" s="56">
         <v>10000</v>
       </c>
       <c r="G441" s="59">
         <v>45719</v>
       </c>
       <c r="H441" s="59">
         <v>45720</v>
       </c>
       <c r="I441" s="59">
         <v>45961</v>
       </c>
       <c r="J441" s="54">
         <v>10</v>
       </c>
       <c r="K441" t="s">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="L441" s="54">
         <v>7940506</v>
       </c>
       <c r="N441" s="6" t="s">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="O441" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P441" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q441" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R441" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="442" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B442" s="44" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C442" t="s">
         <v>1989</v>
       </c>
-      <c r="B442" s="44" t="s">
+      <c r="D442" t="s">
         <v>1990</v>
-      </c>
-[...4 lines deleted...]
-        <v>1992</v>
       </c>
       <c r="E442" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F442" s="56">
         <v>10000</v>
       </c>
       <c r="G442" s="59">
         <v>45726</v>
       </c>
       <c r="H442" s="59">
         <v>45748</v>
       </c>
       <c r="I442" s="59">
         <v>46022</v>
       </c>
       <c r="J442" s="54">
         <v>9</v>
       </c>
       <c r="K442" t="s">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="N442" s="6" t="s">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="O442" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P442" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q442" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R442" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="443" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="B443" s="44" t="s">
         <v>942</v>
       </c>
       <c r="C443" t="s">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="D443" t="s">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E443" t="s">
         <v>22</v>
       </c>
       <c r="F443" s="56">
         <v>5951</v>
       </c>
       <c r="G443" s="59">
         <v>45735</v>
       </c>
       <c r="H443" s="59">
         <v>45748</v>
       </c>
       <c r="I443" s="59">
         <v>45777</v>
       </c>
       <c r="J443" s="54">
         <v>1</v>
       </c>
       <c r="K443" s="24" t="s">
         <v>945</v>
       </c>
       <c r="L443" s="5">
         <v>8500803</v>
       </c>
       <c r="M443" s="5">
         <v>1167431</v>
       </c>
       <c r="N443" s="6" t="s">
         <v>946</v>
       </c>
       <c r="O443" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P443" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q443" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R443" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="444" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="B444" s="44" t="s">
         <v>609</v>
       </c>
       <c r="C444" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="D444" t="s">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E444" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F444" s="56">
         <v>58750</v>
       </c>
       <c r="G444" s="59">
         <v>45744</v>
       </c>
       <c r="H444" s="59">
         <v>45754</v>
       </c>
       <c r="I444" s="59">
         <v>46326</v>
       </c>
       <c r="J444" s="54">
         <v>18</v>
       </c>
       <c r="K444" s="5" t="s">
         <v>612</v>
       </c>
       <c r="L444" s="5">
         <v>9655520</v>
       </c>
       <c r="M444" s="5"/>
       <c r="N444" s="6" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="O444" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P444" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q444" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R444" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="445" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="B445" s="44" t="s">
         <v>326</v>
       </c>
       <c r="C445" t="s">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="D445" t="s">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E445" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F445" s="56">
         <v>48971</v>
       </c>
       <c r="G445" s="59">
         <v>45744</v>
       </c>
       <c r="H445" s="59">
         <v>45754</v>
       </c>
       <c r="I445" s="59">
         <v>46112</v>
       </c>
       <c r="J445" s="54">
         <v>12</v>
       </c>
       <c r="K445" s="5" t="s">
         <v>329</v>
       </c>
       <c r="L445" s="5">
         <v>5581537</v>
       </c>
       <c r="M445" s="5"/>
       <c r="N445" s="39" t="s">
         <v>330</v>
       </c>
       <c r="O445" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P445" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q445" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R445" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="446" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="B446" s="44" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C446" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D446" t="s">
         <v>2007</v>
-      </c>
-[...4 lines deleted...]
-        <v>2009</v>
       </c>
       <c r="E446" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F446" s="56">
         <v>39865</v>
       </c>
       <c r="G446" s="59">
         <v>45744</v>
       </c>
       <c r="H446" s="59">
         <v>45839</v>
       </c>
       <c r="I446" s="59">
         <v>46203</v>
       </c>
       <c r="J446" s="54">
         <v>12</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="L446" s="54">
         <v>3791535</v>
       </c>
       <c r="M446">
         <v>1079046</v>
       </c>
       <c r="N446" s="6" t="s">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="O446" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P446" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q446" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R446" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="447" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="B447" t="s">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C447" t="s">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="D447" t="s">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E447" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F447" s="56">
         <v>20000</v>
       </c>
       <c r="G447" s="59">
         <v>45744</v>
       </c>
       <c r="H447" s="59">
         <v>45754</v>
       </c>
       <c r="I447" s="59">
         <v>46112</v>
       </c>
       <c r="J447" s="54">
         <v>12</v>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="O447" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P447" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q447" s="5" t="s">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="R447" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="448" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="B448" t="s">
         <v>408</v>
       </c>
       <c r="C448" t="s">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="D448" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E448" t="s">
         <v>22</v>
       </c>
       <c r="F448" s="56">
         <v>32227</v>
       </c>
       <c r="G448" s="59">
         <v>45744</v>
       </c>
       <c r="H448" s="59">
         <v>45754</v>
       </c>
       <c r="I448" s="59">
         <v>46234</v>
       </c>
       <c r="J448" s="54">
         <v>16</v>
       </c>
       <c r="K448" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L448" s="17">
         <v>2440899</v>
       </c>
       <c r="M448" s="5"/>
       <c r="N448" s="6" t="s">
         <v>412</v>
       </c>
       <c r="O448" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P448" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q448" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R448" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="449" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B449" s="44" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C449" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D449" t="s">
         <v>2020</v>
-      </c>
-[...7 lines deleted...]
-        <v>2022</v>
       </c>
       <c r="E449" t="s">
         <v>22</v>
       </c>
       <c r="F449" s="57">
         <v>9985</v>
       </c>
       <c r="G449" s="59">
         <v>45796</v>
       </c>
       <c r="H449" s="59">
         <v>45804</v>
       </c>
       <c r="I449" s="59">
         <v>45930</v>
       </c>
       <c r="J449" s="54">
         <v>4</v>
       </c>
       <c r="K449" s="5" t="s">
         <v>902</v>
       </c>
       <c r="L449" s="5">
         <v>9413132</v>
       </c>
       <c r="M449" s="5"/>
       <c r="N449" s="6" t="s">
         <v>903</v>
       </c>
       <c r="O449" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P449" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q449" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R449" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="450" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
-        <v>2031</v>
+        <v>2029</v>
       </c>
       <c r="B450" s="10" t="s">
         <v>125</v>
       </c>
       <c r="C450" s="64" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="D450" t="s">
-        <v>2042</v>
+        <v>2040</v>
       </c>
       <c r="E450" t="s">
         <v>22</v>
       </c>
       <c r="F450" s="51">
         <v>10000</v>
       </c>
       <c r="G450" s="52">
         <v>45826</v>
       </c>
       <c r="H450" s="55">
         <v>45826</v>
       </c>
       <c r="I450" s="52">
         <v>46022</v>
       </c>
       <c r="J450" s="54">
         <v>6</v>
       </c>
       <c r="K450" s="5" t="s">
         <v>128</v>
       </c>
       <c r="L450" s="5">
         <v>7103208</v>
       </c>
       <c r="M450" s="5"/>
       <c r="N450" s="39" t="s">
         <v>129</v>
       </c>
       <c r="O450" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P450" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q450" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R450" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="451" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
-        <v>2033</v>
+        <v>2031</v>
       </c>
       <c r="B451" s="10" t="s">
         <v>302</v>
       </c>
       <c r="C451" s="64" t="s">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="D451" t="s">
-        <v>2041</v>
+        <v>2039</v>
       </c>
       <c r="E451" t="s">
         <v>22</v>
       </c>
       <c r="F451" s="51">
         <v>39159</v>
       </c>
       <c r="G451" s="52">
         <v>45828</v>
       </c>
       <c r="H451" s="55">
         <v>45839</v>
       </c>
       <c r="I451" s="52">
         <v>46203</v>
       </c>
       <c r="J451" s="54">
         <v>12</v>
       </c>
       <c r="K451" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L451" s="5">
         <v>8731888</v>
       </c>
       <c r="M451" s="5"/>
       <c r="N451" s="39" t="s">
         <v>305</v>
       </c>
       <c r="O451" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P451" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q451" s="5" t="s">
         <v>813</v>
       </c>
       <c r="R451" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="452" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
-        <v>2034</v>
+        <v>2032</v>
       </c>
       <c r="B452" s="10" t="s">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="C452" s="64" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
       <c r="D452" t="s">
-        <v>2039</v>
+        <v>2037</v>
       </c>
       <c r="E452" t="s">
         <v>22</v>
       </c>
       <c r="F452" s="51">
         <v>47806</v>
       </c>
       <c r="G452" s="52">
         <v>45828</v>
       </c>
       <c r="H452" s="55">
         <v>45870</v>
       </c>
       <c r="I452" s="52">
         <v>46234</v>
       </c>
       <c r="J452" s="54">
         <v>12</v>
       </c>
       <c r="K452" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="L452" s="60" t="s">
+        <v>1819</v>
+      </c>
+      <c r="N452" s="6" t="s">
         <v>1820</v>
-      </c>
-[...4 lines deleted...]
-        <v>1822</v>
       </c>
       <c r="O452" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P452" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q452" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R452" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="453" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
-        <v>2035</v>
+        <v>2033</v>
       </c>
       <c r="B453" s="10" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="C453" s="64" t="s">
-        <v>2027</v>
+        <v>2025</v>
       </c>
       <c r="D453" t="s">
-        <v>2038</v>
+        <v>2036</v>
       </c>
       <c r="E453" t="s">
         <v>22</v>
       </c>
       <c r="F453" s="51">
         <v>73283</v>
       </c>
       <c r="G453" s="52">
         <v>45828</v>
       </c>
       <c r="H453" s="55">
         <v>45870</v>
       </c>
       <c r="I453" s="52">
         <v>46234</v>
       </c>
       <c r="J453" s="54">
         <v>12</v>
       </c>
       <c r="K453" s="5" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="L453" s="54">
         <v>14375527</v>
       </c>
       <c r="N453" s="6" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="O453" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P453" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q453" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R453" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="454" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
-        <v>2036</v>
+        <v>2034</v>
       </c>
       <c r="B454" s="10" t="s">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="C454" s="64" t="s">
-        <v>2028</v>
+        <v>2026</v>
       </c>
       <c r="D454" t="s">
-        <v>2040</v>
+        <v>2038</v>
       </c>
       <c r="E454" t="s">
         <v>22</v>
       </c>
       <c r="F454" s="51">
         <v>27315</v>
       </c>
       <c r="G454" s="52">
         <v>45828</v>
       </c>
       <c r="H454" s="55">
         <v>45870</v>
       </c>
       <c r="I454" s="52">
         <v>45961</v>
       </c>
       <c r="J454" s="54">
         <v>3</v>
       </c>
       <c r="K454" s="24" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="L454" s="24">
         <v>5669443</v>
       </c>
       <c r="M454" s="24">
         <v>1130568</v>
       </c>
       <c r="N454" s="43" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="O454" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P454" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q454" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R454" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="455" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
-        <v>2032</v>
+        <v>2030</v>
       </c>
       <c r="B455" s="10" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
       <c r="C455" s="64" t="s">
-        <v>2029</v>
+        <v>2027</v>
       </c>
       <c r="D455" t="s">
-        <v>2037</v>
+        <v>2035</v>
       </c>
       <c r="E455" t="s">
         <v>22</v>
       </c>
       <c r="F455" s="51">
         <v>9857</v>
       </c>
       <c r="G455" s="52">
         <v>45845</v>
       </c>
       <c r="H455" s="55">
         <v>45846</v>
       </c>
       <c r="I455" s="52">
         <v>45991</v>
       </c>
       <c r="J455" s="54">
         <v>5</v>
       </c>
       <c r="K455" s="5" t="s">
-        <v>1677</v>
+        <v>1676</v>
       </c>
       <c r="L455" s="54">
         <v>11545187</v>
       </c>
       <c r="N455" s="6" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
       <c r="O455" s="5" t="s">
         <v>24</v>
       </c>
       <c r="P455" s="5" t="s">
         <v>25</v>
       </c>
       <c r="Q455" s="5" t="s">
         <v>32</v>
       </c>
       <c r="R455" s="39" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="456" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="I456" s="52"/>
+      <c r="A456" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B456" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C456" s="36" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D456" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E456" t="s">
+        <v>22</v>
+      </c>
+      <c r="F456" s="56">
+        <v>9763</v>
+      </c>
+      <c r="G456" s="52">
+        <v>45855</v>
+      </c>
+      <c r="H456" s="55">
+        <v>45856</v>
+      </c>
+      <c r="I456" s="55">
+        <v>45900</v>
+      </c>
+      <c r="J456" s="54">
+        <v>2</v>
+      </c>
+      <c r="K456" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="L456">
+        <v>3260840</v>
+      </c>
+      <c r="N456" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="O456" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P456" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q456" s="5" t="s">
+        <v>2084</v>
+      </c>
+      <c r="R456" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="457" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A457" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B457" s="10" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C457" s="36" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D457" t="s">
+        <v>2053</v>
+      </c>
+      <c r="E457" t="s">
+        <v>22</v>
+      </c>
+      <c r="F457" s="56">
+        <v>25972</v>
+      </c>
+      <c r="G457" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H457" s="55">
+        <v>45943</v>
+      </c>
+      <c r="I457" s="55">
+        <v>46203</v>
+      </c>
+      <c r="J457" s="54">
+        <v>9</v>
+      </c>
+      <c r="K457" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="N457" s="6" t="s">
+        <v>2085</v>
+      </c>
+      <c r="O457" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P457" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q457" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="R457" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="458" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A458" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B458" s="10" t="s">
+        <v>942</v>
+      </c>
+      <c r="C458" s="36" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D458" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E458" t="s">
+        <v>22</v>
+      </c>
+      <c r="F458" s="56">
+        <v>73449</v>
+      </c>
+      <c r="G458" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H458" s="55">
+        <v>45962</v>
+      </c>
+      <c r="I458" s="55">
+        <v>46326</v>
+      </c>
+      <c r="J458" s="54">
+        <v>12</v>
+      </c>
+      <c r="K458" s="24" t="s">
+        <v>945</v>
+      </c>
+      <c r="L458" s="5">
+        <v>8500803</v>
+      </c>
+      <c r="M458" s="5">
+        <v>1167431</v>
+      </c>
+      <c r="N458" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="O458" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P458" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q458" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="R458" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="459" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A459" t="s">
+        <v>2072</v>
+      </c>
+      <c r="B459" s="10" t="s">
+        <v>893</v>
+      </c>
+      <c r="C459" s="36" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D459" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E459" t="s">
+        <v>22</v>
+      </c>
+      <c r="F459" s="56">
+        <v>89197</v>
+      </c>
+      <c r="G459" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H459" s="55">
+        <v>45943</v>
+      </c>
+      <c r="I459" s="55">
+        <v>46186</v>
+      </c>
+      <c r="J459" s="54">
+        <v>8</v>
+      </c>
+      <c r="K459" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="L459" s="5">
+        <v>9717655</v>
+      </c>
+      <c r="M459" s="5"/>
+      <c r="N459" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="O459" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P459" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q459" t="s">
+        <v>813</v>
+      </c>
+      <c r="R459" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="460" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A460" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B460" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C460" s="36" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D460" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E460" t="s">
+        <v>22</v>
+      </c>
+      <c r="F460" s="56">
+        <v>57660</v>
+      </c>
+      <c r="G460" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H460" s="55">
+        <v>45943</v>
+      </c>
+      <c r="I460" s="55">
+        <v>46142</v>
+      </c>
+      <c r="J460" s="54">
+        <v>6</v>
+      </c>
+      <c r="K460" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L460" s="5">
+        <v>11082559</v>
+      </c>
+      <c r="M460" s="5"/>
+      <c r="N460" s="6" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O460" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P460" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q460" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="R460" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="461" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A461" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B461" s="10" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C461" s="36" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D461" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E461" t="s">
+        <v>22</v>
+      </c>
+      <c r="F461" s="56">
+        <v>49592</v>
+      </c>
+      <c r="G461" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H461" s="55">
+        <v>45943</v>
+      </c>
+      <c r="I461" s="55">
+        <v>46304</v>
+      </c>
+      <c r="J461" s="54">
+        <v>12</v>
+      </c>
+      <c r="K461" s="5" t="s">
+        <v>2086</v>
+      </c>
+      <c r="L461">
+        <v>6975984</v>
+      </c>
+      <c r="M461">
+        <v>1158683</v>
+      </c>
+      <c r="N461" s="6" t="s">
+        <v>2087</v>
+      </c>
+      <c r="O461" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P461" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q461" s="5" t="s">
+        <v>2088</v>
+      </c>
+      <c r="R461" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="462" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A462" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B462" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="C462" s="36" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D462" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E462" t="s">
+        <v>22</v>
+      </c>
+      <c r="F462" s="56">
+        <v>60000</v>
+      </c>
+      <c r="G462" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H462" s="55">
+        <v>45943</v>
+      </c>
+      <c r="I462" s="55">
+        <v>46265</v>
+      </c>
+      <c r="J462" s="54">
+        <v>10</v>
+      </c>
+      <c r="K462" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="L462" s="5">
+        <v>10352176</v>
+      </c>
+      <c r="M462" s="5"/>
+      <c r="N462" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="O462" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P462" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q462" s="5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="R462" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="463" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A463" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B463" s="10" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C463" s="36" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D463" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E463" t="s">
+        <v>22</v>
+      </c>
+      <c r="F463" s="56">
+        <v>54297</v>
+      </c>
+      <c r="G463" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H463" s="55">
+        <v>45943</v>
+      </c>
+      <c r="I463" s="55">
+        <v>46326</v>
+      </c>
+      <c r="J463" s="54">
+        <v>12</v>
+      </c>
+      <c r="K463" s="5" t="s">
+        <v>2090</v>
+      </c>
+      <c r="M463">
+        <v>210639</v>
+      </c>
+      <c r="N463" s="6" t="s">
+        <v>2091</v>
+      </c>
+      <c r="O463" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P463" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q463" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="R463" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="464" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A464" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B464" s="10" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C464" s="36" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D464" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E464" t="s">
+        <v>22</v>
+      </c>
+      <c r="F464" s="56">
+        <v>30000</v>
+      </c>
+      <c r="G464" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H464" s="55">
+        <v>45943</v>
+      </c>
+      <c r="I464" s="55">
+        <v>46326</v>
+      </c>
+      <c r="J464" s="54">
+        <v>12</v>
+      </c>
+      <c r="K464" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L464">
+        <v>4213118</v>
+      </c>
+      <c r="N464" s="6" t="s">
+        <v>1735</v>
+      </c>
+      <c r="O464" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P464" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q464" s="5" t="s">
+        <v>2084</v>
+      </c>
+      <c r="R464" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="465" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A465" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B465" s="10" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C465" s="36" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D465" t="s">
+        <v>2103</v>
+      </c>
+      <c r="E465" t="s">
+        <v>22</v>
+      </c>
+      <c r="F465" s="56">
+        <v>246423</v>
+      </c>
+      <c r="G465" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H465" s="55">
+        <v>45962</v>
+      </c>
+      <c r="I465" s="55">
+        <v>47118</v>
+      </c>
+      <c r="J465" s="54">
+        <v>38</v>
+      </c>
+      <c r="K465" s="32" t="s">
+        <v>834</v>
+      </c>
+      <c r="L465" s="32"/>
+      <c r="M465" s="5"/>
+      <c r="N465" s="50" t="s">
+        <v>831</v>
+      </c>
+      <c r="O465" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P465" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q465" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="R465" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="466" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A466" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B466" s="10" t="s">
+        <v>285</v>
+      </c>
+      <c r="C466" s="36" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D466" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E466" t="s">
+        <v>22</v>
+      </c>
+      <c r="F466" s="56">
+        <v>240906</v>
+      </c>
+      <c r="G466" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H466" s="55">
+        <v>45962</v>
+      </c>
+      <c r="I466" s="55">
+        <v>47057</v>
+      </c>
+      <c r="J466" s="54">
+        <v>36</v>
+      </c>
+      <c r="K466" s="24" t="s">
+        <v>288</v>
+      </c>
+      <c r="L466" s="24">
+        <v>10271424</v>
+      </c>
+      <c r="M466" s="24"/>
+      <c r="N466" s="47" t="s">
+        <v>289</v>
+      </c>
+      <c r="O466" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="P466" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q466" s="24" t="s">
+        <v>2089</v>
+      </c>
+      <c r="R466" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="467" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A467" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B467" s="10" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C467" s="36" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D467" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E467" t="s">
+        <v>22</v>
+      </c>
+      <c r="F467" s="56">
+        <v>50052</v>
+      </c>
+      <c r="G467" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H467" s="55">
+        <v>45962</v>
+      </c>
+      <c r="I467" s="55">
+        <v>46326</v>
+      </c>
+      <c r="J467" s="54">
+        <v>12</v>
+      </c>
+      <c r="K467" t="s">
+        <v>2093</v>
+      </c>
+      <c r="L467">
+        <v>12123483</v>
+      </c>
+      <c r="M467">
+        <v>1185872</v>
+      </c>
+      <c r="N467" s="6" t="s">
+        <v>2094</v>
+      </c>
+      <c r="O467" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P467" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q467" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="R467" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="468" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A468" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B468" s="10" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C468" s="36" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D468" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E468" t="s">
+        <v>22</v>
+      </c>
+      <c r="F468" s="56">
+        <v>48945</v>
+      </c>
+      <c r="G468" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H468" s="55">
+        <v>45992</v>
+      </c>
+      <c r="I468" s="55">
+        <v>46356</v>
+      </c>
+      <c r="J468" s="54">
+        <v>12</v>
+      </c>
+      <c r="K468" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="N468" s="6" t="s">
+        <v>2101</v>
+      </c>
+      <c r="O468" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P468" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q468" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="R468" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="469" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A469" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B469" s="10" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C469" s="36" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D469" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E469" t="s">
+        <v>22</v>
+      </c>
+      <c r="F469" s="56">
+        <v>85500</v>
+      </c>
+      <c r="G469" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H469" s="55">
+        <v>45992</v>
+      </c>
+      <c r="I469" s="55">
+        <v>46721</v>
+      </c>
+      <c r="J469" s="54">
+        <v>24</v>
+      </c>
+      <c r="K469" s="5" t="s">
+        <v>2108</v>
+      </c>
+      <c r="L469">
+        <v>2903386</v>
+      </c>
+      <c r="M469">
+        <v>1112842</v>
+      </c>
+      <c r="N469" s="6" t="s">
+        <v>2109</v>
+      </c>
+      <c r="O469" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P469" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q469" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="R469" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="470" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A470" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B470" s="10" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C470" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D470" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E470" t="s">
+        <v>22</v>
+      </c>
+      <c r="F470" s="56">
+        <v>14945</v>
+      </c>
+      <c r="G470" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H470" s="55">
+        <v>46023</v>
+      </c>
+      <c r="I470" s="55">
+        <v>47118</v>
+      </c>
+      <c r="J470">
+        <v>36</v>
+      </c>
+      <c r="K470" t="s">
+        <v>2095</v>
+      </c>
+      <c r="L470">
+        <v>5217103</v>
+      </c>
+      <c r="M470">
+        <v>1105936</v>
+      </c>
+      <c r="N470" s="6" t="s">
+        <v>2096</v>
+      </c>
+      <c r="O470" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P470" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q470" t="s">
+        <v>262</v>
+      </c>
+      <c r="R470" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="471" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A471" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B471" s="25" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C471" s="36" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D471" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E471" t="s">
+        <v>22</v>
+      </c>
+      <c r="F471" s="56">
+        <v>52806</v>
+      </c>
+      <c r="G471" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H471" s="55">
+        <v>45962</v>
+      </c>
+      <c r="I471" s="55">
+        <v>46142</v>
+      </c>
+      <c r="J471" s="54">
+        <v>6</v>
+      </c>
+      <c r="K471" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="L471" s="5">
+        <v>9461226</v>
+      </c>
+      <c r="N471" s="6" t="s">
+        <v>1846</v>
+      </c>
+      <c r="O471" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P471" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q471" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="R471" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="472" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A472" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B472" s="25" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C472" s="36" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D472" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E472" t="s">
+        <v>22</v>
+      </c>
+      <c r="F472" s="56">
+        <v>21806</v>
+      </c>
+      <c r="G472" s="52">
+        <v>45933</v>
+      </c>
+      <c r="H472" s="55">
+        <v>45962</v>
+      </c>
+      <c r="I472" s="55">
+        <v>46142</v>
+      </c>
+      <c r="J472" s="54">
+        <v>6</v>
+      </c>
+      <c r="K472" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="L472" s="5">
+        <v>9413132</v>
+      </c>
+      <c r="M472" s="5"/>
+      <c r="N472" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="O472" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P472" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q472" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="R472" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="473" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A473" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B473" s="25" t="s">
+        <v>808</v>
+      </c>
+      <c r="C473" s="36" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D473" t="s">
+        <v>2121</v>
+      </c>
+      <c r="E473" t="s">
+        <v>22</v>
+      </c>
+      <c r="F473" s="56">
+        <v>5000</v>
+      </c>
+      <c r="G473" s="52">
+        <v>45954</v>
+      </c>
+      <c r="H473" s="55">
+        <v>45957</v>
+      </c>
+      <c r="I473" s="55">
+        <v>46295</v>
+      </c>
+      <c r="J473" s="54">
+        <v>11</v>
+      </c>
+      <c r="K473" s="5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="M473" s="5">
+        <v>1195583</v>
+      </c>
+      <c r="N473" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="O473" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P473" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q473" s="5" t="s">
+        <v>2120</v>
+      </c>
+      <c r="R473" s="39" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="474" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A474" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B474" s="25" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C474" s="36" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D474" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E474" t="s">
+        <v>22</v>
+      </c>
+      <c r="F474" s="56">
+        <v>9982</v>
+      </c>
+      <c r="G474" s="52">
+        <v>45964</v>
+      </c>
+      <c r="H474" s="52">
+        <v>45964</v>
+      </c>
+      <c r="I474" s="55">
+        <v>46142</v>
+      </c>
+      <c r="J474" s="54">
+        <v>6</v>
+      </c>
+      <c r="K474" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="L474" s="5">
+        <v>3277032</v>
+      </c>
+      <c r="M474">
+        <v>1076346</v>
+      </c>
+      <c r="N474" s="6" t="s">
+        <v>2117</v>
+      </c>
+      <c r="O474" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P474" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q474" s="5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="R474" s="39" t="s">
+        <v>781</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:R179" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:R136">
     <sortCondition ref="G2:G136"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="N88" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="N89" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="N90" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="N91" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="N92" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="N93" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="N96" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="N94" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="N97" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="N98" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="N99" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="N101" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="N100" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="N102" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="N103" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="N105" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="N104" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="N106" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
@@ -31847,53 +33104,79 @@
     <hyperlink ref="N448" r:id="rId813" xr:uid="{4CC42B3A-BCBB-482A-AFAC-6DF518204330}"/>
     <hyperlink ref="R448" r:id="rId814" display="http://jrrt.org.uk/grants-awarded" xr:uid="{DAB00E41-ADDA-4EE2-BFD2-AFAC071DDED5}"/>
     <hyperlink ref="N444" r:id="rId815" xr:uid="{BE987D27-03DA-43AD-8CA3-C793FC789B19}"/>
     <hyperlink ref="R444" r:id="rId816" display="http://jrrt.org.uk/grants-awarded" xr:uid="{7327CF66-0EE2-4500-97F9-295878511D47}"/>
     <hyperlink ref="R445" r:id="rId817" display="http://jrrt.org.uk/grants-awarded" xr:uid="{7D057934-AC28-4558-907C-B2707534626C}"/>
     <hyperlink ref="N445" r:id="rId818" xr:uid="{FE6D9C67-EE95-4445-B8AF-11CE7E61D7F0}"/>
     <hyperlink ref="N446" r:id="rId819" xr:uid="{44D3D7B0-DA06-42B6-9B57-275503661C5A}"/>
     <hyperlink ref="R446" r:id="rId820" display="http://jrrt.org.uk/grants-awarded" xr:uid="{03708C0D-D767-4B50-AB4E-7F343E982E1F}"/>
     <hyperlink ref="R447" r:id="rId821" display="http://jrrt.org.uk/grants-awarded" xr:uid="{6E121370-E16D-4BA8-9527-D4E226F793A7}"/>
     <hyperlink ref="R443" r:id="rId822" display="http://jrrt.org.uk/grants-awarded" xr:uid="{A1FD8182-233E-41FD-A350-85BC7A3E6D50}"/>
     <hyperlink ref="N443" r:id="rId823" xr:uid="{50603E62-1B47-43D2-AD82-52B2AE2210A8}"/>
     <hyperlink ref="R449" r:id="rId824" display="http://jrrt.org.uk/grants-awarded" xr:uid="{E72F4496-A58F-4B74-86BA-1C76E199A1B3}"/>
     <hyperlink ref="N449" r:id="rId825" xr:uid="{B9D8DF87-CEB3-4367-B5E5-1475FC490D59}"/>
     <hyperlink ref="N450" r:id="rId826" xr:uid="{86ECB5A4-9442-4C29-A2BC-03133DCFAE3F}"/>
     <hyperlink ref="R450" r:id="rId827" display="http://jrrt.org.uk/grants-awarded" xr:uid="{9C318088-903F-447F-BD1E-C7156C745916}"/>
     <hyperlink ref="N451" r:id="rId828" xr:uid="{A39D242E-21F9-40F5-B3B2-B9FDE6AD0C4A}"/>
     <hyperlink ref="R451" r:id="rId829" display="http://jrrt.org.uk/grants-awarded" xr:uid="{F6231A01-77C9-4312-A6BC-CFEE25EFF789}"/>
     <hyperlink ref="R452" r:id="rId830" display="http://jrrt.org.uk/grants-awarded" xr:uid="{172B67F7-6637-4E7D-A750-85D5DB0B81CC}"/>
     <hyperlink ref="N452" r:id="rId831" xr:uid="{402A36C3-6EE4-4940-A89E-02C599E03622}"/>
     <hyperlink ref="N453" r:id="rId832" xr:uid="{C26529DC-A520-4370-A4DE-979099611529}"/>
     <hyperlink ref="R453" r:id="rId833" display="http://jrrt.org.uk/grants-awarded" xr:uid="{A5AA5275-E4FB-4F19-AABB-8CB61A4ABD1E}"/>
     <hyperlink ref="N454" r:id="rId834" xr:uid="{AA61F349-4C6F-480E-99DA-CF25C816A385}"/>
     <hyperlink ref="R454" r:id="rId835" display="http://jrrt.org.uk/grants-awarded" xr:uid="{7F647874-DDC8-4EA0-AAA9-C686ECEFCD1F}"/>
     <hyperlink ref="N455" r:id="rId836" xr:uid="{B8D494B1-FA12-479A-8370-0AD5CACF8A0E}"/>
     <hyperlink ref="R455" r:id="rId837" display="http://jrrt.org.uk/grants-awarded" xr:uid="{6EA30045-2D1D-4E43-B828-A196590AC17F}"/>
+    <hyperlink ref="N456" r:id="rId838" xr:uid="{9FD8252A-7C7A-4A5F-887F-A3DEB4523E9C}"/>
+    <hyperlink ref="R456:R470" r:id="rId839" display="http://jrrt.org.uk/grants-awarded" xr:uid="{E36A902C-C2B9-409A-BF61-5A84E72642A4}"/>
+    <hyperlink ref="R457" r:id="rId840" display="http://jrrt.org.uk/grants-awarded" xr:uid="{93AF0A94-B47F-441B-B99C-606826D223F1}"/>
+    <hyperlink ref="N457" r:id="rId841" xr:uid="{5E2C55E2-2065-4AAF-8CA6-D402A3E5BC71}"/>
+    <hyperlink ref="R458" r:id="rId842" display="http://jrrt.org.uk/grants-awarded" xr:uid="{558EE6F0-C819-447B-AC95-85273590AC28}"/>
+    <hyperlink ref="N458" r:id="rId843" xr:uid="{F1405A9C-904D-4B02-B3A3-5194C5E96615}"/>
+    <hyperlink ref="N459" r:id="rId844" xr:uid="{74E653E1-342E-4EFB-92C0-0F70A184B183}"/>
+    <hyperlink ref="N460" r:id="rId845" xr:uid="{BEEB25E7-45D8-4301-914E-F5FB1DB30F89}"/>
+    <hyperlink ref="N461" r:id="rId846" xr:uid="{BB426D1E-3609-49A1-95EE-C392733F9017}"/>
+    <hyperlink ref="N462" r:id="rId847" xr:uid="{617490ED-AE80-4CB3-9911-6ADA2E1B23CC}"/>
+    <hyperlink ref="N463" r:id="rId848" xr:uid="{B34B12BC-B4C3-4B29-88EC-5593CCEC48FE}"/>
+    <hyperlink ref="N464" r:id="rId849" xr:uid="{8CEF00EC-BF38-4C2A-9749-5FA814F8102A}"/>
+    <hyperlink ref="N467" r:id="rId850" xr:uid="{88F5E1D2-BF68-4BE4-AE7B-9F26B19E2155}"/>
+    <hyperlink ref="N470" r:id="rId851" xr:uid="{9D396147-0C79-4A43-9691-803D83C26B0F}"/>
+    <hyperlink ref="N468" r:id="rId852" xr:uid="{F63D07C2-909B-46E8-945D-B126CADDD5BB}"/>
+    <hyperlink ref="N465" r:id="rId853" xr:uid="{D4ABAE7A-191C-4AB4-8FF1-181102A54DE7}"/>
+    <hyperlink ref="N466" r:id="rId854" xr:uid="{65DD0528-8E26-45A9-A417-CDFC8E75D537}"/>
+    <hyperlink ref="N469" r:id="rId855" xr:uid="{F50837CC-18AF-408E-BADF-1CB5D99AE9D6}"/>
+    <hyperlink ref="R471" r:id="rId856" display="http://jrrt.org.uk/grants-awarded" xr:uid="{BD9EA6C3-DBEC-41B7-A397-ED41328695D8}"/>
+    <hyperlink ref="R472" r:id="rId857" display="http://jrrt.org.uk/grants-awarded" xr:uid="{0E3CAAB5-7A8B-4C8D-B94F-5CB398F659C7}"/>
+    <hyperlink ref="N471" r:id="rId858" xr:uid="{CF3FE49B-E52E-444F-8FB4-0043E3613085}"/>
+    <hyperlink ref="N472" r:id="rId859" xr:uid="{0AC5985E-E2AA-464C-9954-F21CDCCBDD5B}"/>
+    <hyperlink ref="N474" r:id="rId860" xr:uid="{89CCE9BA-9E5C-4C94-BDC8-062B3740A8D3}"/>
+    <hyperlink ref="R474" r:id="rId861" display="http://jrrt.org.uk/grants-awarded" xr:uid="{4ED2AE33-E17C-4919-8094-91D6A6003766}"/>
+    <hyperlink ref="R473" r:id="rId862" display="http://jrrt.org.uk/grants-awarded" xr:uid="{6DF4420E-2499-4EBA-A8AA-5DAE2EDD23C9}"/>
+    <hyperlink ref="N473" r:id="rId863" xr:uid="{963EC574-6B84-48D5-90B2-C8187D132823}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId838"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId864"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>JRRT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>